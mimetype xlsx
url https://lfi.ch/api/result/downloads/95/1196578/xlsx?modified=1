--- v0 (2025-11-28)
+++ v1 (2026-02-04)
@@ -14,427 +14,427 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>number of stems of young forest plants</t>
+    <t>numero di fusti del bosco giovane</t>
   </si>
   <si>
-    <t>size classe (young forest; 5 classes) · main tree species in young forest (counting)</t>
+    <t>classe di dimensione (bosco giovane; 5 classi) · specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>protection forest region</t>
+    <t>regione dei boschi di protezione</t>
   </si>
   <si>
-    <t>Jura + Plateau</t>
+    <t>Giura/Altopiano</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpi nordoccidentali</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpi nordorientali</t>
   </si>
   <si>
-    <t xml:space="preserve">Southwestern Alps </t>
+    <t>Alpi sudoccidentali</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpi sudorientali</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>size classe (young forest; 5 classes)</t>
+    <t>classe di dimensione (bosco giovane; 5 classi)</t>
   </si>
   <si>
-    <t>main tree species in young forest (counting)</t>
+    <t>specie arborea principale del bosco giovane (conteggio)</t>
   </si>
   <si>
     <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>species not assessed in all inventories</t>
+    <t>specie non rilevate in tutti gli inventari</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>height 10-39 cm</t>
+    <t>altezza 10-39 cm</t>
   </si>
   <si>
-    <t>height 40-129 cm</t>
+    <t>altezza 40-129 cm</t>
   </si>
   <si>
-    <t>DBH 0-3.9 cm</t>
+    <t>DPU 0-3.9 cm</t>
   </si>
   <si>
-    <t>DBH 4-7.9 cm</t>
+    <t>DPU 4-7.9 cm</t>
   </si>
   <si>
-    <t>DBH 8-11.9 cm</t>
+    <t>DPU 8-11.9 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1196578/378327</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems of young forest plants</t>
+      <t xml:space="preserve">numero di fusti del bosco giovane</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #406</t>
     </r>
   </si>
   <si>
-    <t>Number of living conifers and conifers ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh).</t>
+    <t>Numero delgli alberi di conifere e latifoglie da 10 cm di altezza fino a un diametro a petto d'uomo (DPU) di 11,9 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+      <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2623</t>
     </r>
   </si>
   <si>
-    <t>Size of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) – in five size classes (two height and three dbh classes). Reference: Field Survey (MID 507: Jungwaldklasse)</t>
+    <t>Dimensione delle piante del bosco giovane da 10 cm di altezza a 11,9 cm di diametro a petto d'uomo (DPU), in cinque classi (due classi di altezza, tre classi di diametro). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart - Zählung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species in young forest (counting)</t>
+      <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2625</t>
     </r>
   </si>
   <si>
-    <t>Species of young forest plants ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) with individual classes for the ten most important species or species groups in Switzerland («main tree species»), as well as the classes «other conifers», «other broadleaves» and «species not assessed in all inventories». The main tree species are spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp. ), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 1051: Jungwaldpflanzenart - Zählung)</t>
+    <t>Specie delle piante del bosco giovane da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere», «altre latifoglie» e «specie non rilevate in tutti gli inventari». Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 1051: Jungwaldpflanzenart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2615</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the four inventories NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026), was accessible on foot and could be stocked, i.e. did not contain forest roads, recreational facilities, streams, avalanche paths, etc.</t>
+    <t>Bosco che nei quattro inventari IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) e IFN5 (2018-2026) era coperto per meno di due terzi da arbusti, era accessibile a piedi ed era potenzialmente boscabile, cioè non era occupato da strade forestali, strutture ricreative, torrenti, canali valangari, ecc.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -786,52 +786,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -6013,270 +6013,270 @@
         <v>7569</v>
       </c>
       <c r="N117" s="6">
         <v>19</v>
       </c>
       <c r="O117" s="6">
         <v>18736</v>
       </c>
       <c r="P117" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="118" spans="1:16" customHeight="1" ht="21.75">
       <c r="A118" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1196578/378327</t>
           </r>
         </is>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
       <c r="N118" s="3"/>
       <c r="O118" s="3"/>
       <c r="P118" s="3"/>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems of young forest plants</t>
+            <t xml:space="preserve">numero di fusti del bosco giovane</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #406</t>
           </r>
         </is>
       </c>
     </row>
     <row r="122" spans="1:16" customHeight="1" ht="29">
       <c r="A122" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">size classe (young forest; 5 classes)</t>
+            <t xml:space="preserve">classe di dimensione (bosco giovane; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2623</t>
           </r>
         </is>
       </c>
     </row>
     <row r="125" spans="1:16" customHeight="1" ht="29">
       <c r="A125" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species in young forest (counting)</t>
+            <t xml:space="preserve">specie arborea principale del bosco giovane (conteggio)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2625</t>
           </r>
         </is>
       </c>
     </row>
     <row r="128" spans="1:16" customHeight="1" ht="29">
       <c r="A128" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="131" spans="1:16" customHeight="1" ht="29">
       <c r="A131" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stockable and accessible forest without shrub forest NFI2-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN2-IFN5 (area boscabile)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2615</t>
           </r>
         </is>
       </c>
     </row>
     <row r="134" spans="1:16" customHeight="1" ht="29">
       <c r="A134" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>