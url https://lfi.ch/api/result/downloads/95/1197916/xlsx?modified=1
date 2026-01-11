--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes) · stand stability</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen) · Bestandesstabilität</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>stand stability</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
+  </si>
+  <si>
+    <t>Bestandesstabilität</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>critical</t>
-[...44 lines deleted...]
-    <t>uniform high forest</t>
+    <t xml:space="preserve">kritisch </t>
+  </si>
+  <si>
+    <t xml:space="preserve">vermindert stabil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">stabil </t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1197916/379665</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand stability</t>
+      <t xml:space="preserve">Bestandesstabilität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Mechanical resistence of a stand to abiotic and biotic stresses within the next 10 to 20 years – in three classes. Reference: Field Survey (MID 310: Gesamtstabilität)</t>
+    <t>Mechanische Widerstandsfähigkeit eines Bestandes gegenüber abiotischen und biotischen Belastungen innerhalb der nächsten 10 bis 20 Jahre in drei Klassen. Grundlage: Feldaufnahme (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="20.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -4338,270 +4338,270 @@
         <v>100.0</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O82" s="6">
         <v>100.0</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="21.75">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1197916/379665</t>
           </r>
         </is>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
       <c r="M83" s="3"/>
       <c r="N83" s="3"/>
       <c r="O83" s="3"/>
       <c r="P83" s="3"/>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="29">
       <c r="A90" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand stability</t>
+            <t xml:space="preserve">Bestandesstabilität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="29">
       <c r="A99" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="29">
       <c r="A102" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>