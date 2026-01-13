--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen) · Bestandesstabilität</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface forestière</t>
+  </si>
+  <si>
+    <t>type de forêt (12 classes) · stabilité du peuplement</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, sous-total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Bestandesstabilität</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>type de forêt (12 classes)</t>
+  </si>
+  <si>
+    <t>stabilité du peuplement</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">kritisch </t>
-[...44 lines deleted...]
-    <t>gleichförmiger Hochwald</t>
+    <t>critique</t>
+  </si>
+  <si>
+    <t>amoindrie</t>
+  </si>
+  <si>
+    <t>stable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>forêt inaccessible</t>
+  </si>
+  <si>
+    <t>forêt buissonnante</t>
+  </si>
+  <si>
+    <t>surface forestière en permanence non boisée</t>
+  </si>
+  <si>
+    <t>tranchée, talus</t>
+  </si>
+  <si>
+    <t>peuplement clairsemé</t>
+  </si>
+  <si>
+    <t>selve, culture d'arbres</t>
+  </si>
+  <si>
+    <t>taillis</t>
+  </si>
+  <si>
+    <t>taillis-sous-futaie</t>
+  </si>
+  <si>
+    <t>futaie d'aspect jardiné</t>
+  </si>
+  <si>
+    <t>futaie irrégulière</t>
+  </si>
+  <si>
+    <t>relevé incomplet</t>
+  </si>
+  <si>
+    <t>futaie régulière</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1197916/379665</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">surface forestière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">type de forêt (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Répartition des forêts en 12 classes («types») en fonction de leur origine, de leur structure et de leur gestion. Contrairement à la variable «type de forêt (17 classes)», la variable «type de forêt (12 classes)» regroupe tous les stades de développement (de la jeune pousse à la futaie) dans la classe «futaie régulière». Source: relevé de terrain (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bestandesstabilität</t>
+      <t xml:space="preserve">stabilité du peuplement</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Mechanische Widerstandsfähigkeit eines Bestandes gegenüber abiotischen und biotischen Belastungen innerhalb der nächsten 10 bis 20 Jahre in drei Klassen. Grundlage: Feldaufnahme (MID 310: Gesamtstabilität)</t>
+    <t>Résistance mécanique d'un peuplement aux contraintes abiotiques et biotiques dans les 10 à 20 prochaines années, en trois classes. Source: relevé de terrain (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -4338,270 +4338,270 @@
         <v>100.0</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O82" s="6">
         <v>100.0</v>
       </c>
       <c r="P82" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="21.75">
       <c r="A83" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1197916/379665</t>
           </r>
         </is>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
       <c r="M83" s="3"/>
       <c r="N83" s="3"/>
       <c r="O83" s="3"/>
       <c r="P83" s="3"/>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">surface forestière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="87" spans="1:16" customHeight="1" ht="29">
       <c r="A87" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">type de forêt (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="90" spans="1:16" customHeight="1" ht="29">
       <c r="A90" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bestandesstabilität</t>
+            <t xml:space="preserve">stabilité du peuplement</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="93" spans="1:16" customHeight="1" ht="29">
       <c r="A93" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="96" spans="1:16" customHeight="1" ht="29">
       <c r="A96" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="99" spans="1:16" customHeight="1" ht="29">
       <c r="A99" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="102" spans="1:16" customHeight="1" ht="29">
       <c r="A102" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>