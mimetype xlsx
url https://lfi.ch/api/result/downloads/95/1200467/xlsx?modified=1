--- v0 (2025-11-05)
+++ v1 (2026-03-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI1</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>LFI1</t>
+  </si>
+  <si>
+    <t>Totholzbasalfläche LFI1</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 1983/85</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 1983/85</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1200467/382216</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area of deadwood NFI1</t>
+      <t xml:space="preserve">Totholzbasalfläche LFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #247</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm according to the method used in NFI1. In NFI1, dead trees were only included if their wood was still usable.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) der toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD nach Methode LFI1. Im LFI1 wurden bei den toten Bäumen nur diejenigen aufgenommen, deren Holz noch verwertbar war.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>0.3</v>
       </c>
       <c r="AY16" s="6">
         <v>23</v>
       </c>
       <c r="AZ16" s="6">
         <v>0.6</v>
       </c>
       <c r="BA16" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1200467/382216</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area of deadwood NFI1</t>
+            <t xml:space="preserve">Totholzbasalfläche LFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #247</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>