--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI1</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>NFI1</t>
+  </si>
+  <si>
+    <t>volume of deadwood (stemwood) NFI1</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4-km grid</t>
+    </r>
+  </si>
+  <si>
+    <t>state 1983/85</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1200645/382394</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzvolumen (Schaftholz) LFI1</t>
+      <t xml:space="preserve">volume of deadwood (stemwood) NFI1</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #249</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen in Rinde aller toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD) nach Methode LFI1. Im LFI1 wurden nur diejenigen toten Bäume aufgenommen, bei denen das Holz noch verwertbar war. Zudem wurden auch liegende grüne Bäume zum Totholz gezählt.</t>
+    <t>Stemwood volume of all dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm with bark recorded according to the NFI1 method. In NFI1, dead trees were only included if their wood was still usable. In addition, lying but still green trees were classified as deadwood.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1501,233 +1501,233 @@
         <v>4.3</v>
       </c>
       <c r="K27" s="6">
         <v>13</v>
       </c>
       <c r="L27" s="6">
         <v>5.1</v>
       </c>
       <c r="M27" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1200645/382394</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzvolumen (Schaftholz) LFI1</t>
+            <t xml:space="preserve">volume of deadwood (stemwood) NFI1</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #249</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>