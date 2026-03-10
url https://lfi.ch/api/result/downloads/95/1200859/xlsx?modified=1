--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>development stage</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzvolumen (Derbholz), liegend</t>
+  </si>
+  <si>
+    <t>Entwicklungsstufe</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>Jungwuchs/Dickung</t>
+  </si>
+  <si>
+    <t>Stangenholz</t>
+  </si>
+  <si>
+    <t>schwaches Baumholz</t>
+  </si>
+  <si>
+    <t>mittleres Baumholz</t>
+  </si>
+  <si>
+    <t>starkes Baumholz</t>
+  </si>
+  <si>
+    <t>gemischt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1200859/382608</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood volume (merchantable wood), lying</t>
+      <t xml:space="preserve">Totholzvolumen (Derbholz), liegend</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #417</t>
     </r>
   </si>
   <si>
-    <t>Volume of lying deadwood ≥7 cm in diameter (merchantable wood), including merchantable pieces of wood in piles of branches.</t>
+    <t>Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz), inklusive Derbholzstücken in Asthaufen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">development stage</t>
+      <t xml:space="preserve">Entwicklungsstufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #20</t>
     </r>
   </si>
   <si>
-    <t>Stage of stand development, defined by the dominant diameter at breast height (dbhdom = dbh of the 100 largest [thickest] trees per hectare). Young growth/thicket: dbhdom &lt;12 cm, pole timber: dbhdom 12-30 cm, young timber: dbhdom 31-40 cm, medium timber : dbhdom 41-50 cm, old timber: dbhdom &gt;50 cm, mixed: trees of different development stages, no development stage predominant or groups of different development stages covering &lt; 500 m². Reference: Field Survey (MID 261: Entwicklungsstufe)</t>
+    <t>Etappe der Bestandesentwicklung, definiert durch den dominanten Brusthöhendurchmesser (BHDdom = BHD der 100 stärksten [dicksten] Bäume pro Hektare). Jungwuchs/Dickung: BHDdom &lt;12 cm, Stangenholz: BHDdom 12-30 cm, schwaches Baumholz: BHDdom 31-40 cm, mittleres Baumholz: BHDdom 41-50 cm, starkes Baumholz: BHDdom &gt;50 cm, gemischt: Bäume verschiedener Entwicklungsstufe, keine Entwicklungsstufe vorherrschend oder Gruppen verschiedener Entwicklungsstufen, die kleiner als 5 Aren sind. Grundlage: Feldaufnahme (MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1255,235 +1255,235 @@
         <v>2829</v>
       </c>
       <c r="M20" s="6">
         <v>12</v>
       </c>
       <c r="N20" s="6">
         <v>31281</v>
       </c>
       <c r="O20" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1200859/382608</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood volume (merchantable wood), lying</t>
+            <t xml:space="preserve">Totholzvolumen (Derbholz), liegend</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #417</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">development stage</t>
+            <t xml:space="preserve">Entwicklungsstufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #20</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>