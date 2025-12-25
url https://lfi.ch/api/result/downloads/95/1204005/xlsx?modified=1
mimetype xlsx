--- v0 (2025-10-01)
+++ v1 (2025-12-25)
@@ -14,362 +14,362 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>groundwater protection zones (2022, 8 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Grundwasserschutzzonen (2022; 8 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>S3</t>
   </si>
   <si>
-    <t>area of contribution instead of S3 or Sm</t>
+    <t>Zuströmbereich anstelle einer S3 oder einer Sm</t>
   </si>
   <si>
     <t>Sh</t>
   </si>
   <si>
     <t>Sm</t>
   </si>
   <si>
-    <t>protection zone, not according to federal law</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>nicht nach Bundesrecht vorgesehener Schutzzonentyp</t>
+  </si>
+  <si>
+    <t>keine Grundwasserschutzzone</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1204005/385754</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">groundwater protection zones (2022, 8 classes)</t>
+      <t xml:space="preserve">Grundwasserschutzzonen (2022; 8 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2583</t>
     </r>
   </si>
   <si>
-    <t>Zones around groundwater wells and groundwater recharging facilities that are designated by the canton as in the public interest for protecting drinking water. How strict the property restrictions and/or management requirements are depends on the protection zone,. The variable reflects the protection zone categories applicable since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) and the status of designation by the cantons on 8 July 2022 (download of data from geodienste.ch).</t>
+    <t>Zonen, die von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden werden und dem Schutz des Trinkwassers dienen. Je nach Schutzzone gelten unterschiedlich strenge Eigentumsbeschränkungen bzw. Bewirtschaftungsauflagen. Die Variable widerspiegelt die seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) und den Stand der Ausscheidung durch die Kantone am 8.7.2022 (Download der Daten von geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -721,51 +721,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1358,235 +1358,235 @@
         <v>168.9</v>
       </c>
       <c r="M22" s="6">
         <v>2</v>
       </c>
       <c r="N22" s="6">
         <v>1237.7</v>
       </c>
       <c r="O22" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1204005/385754</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">groundwater protection zones (2022, 8 classes)</t>
+            <t xml:space="preserve">Grundwasserschutzzonen (2022; 8 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>