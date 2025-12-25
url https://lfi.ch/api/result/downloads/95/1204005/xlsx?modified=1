--- v1 (2025-12-25)
+++ v2 (2025-12-25)
@@ -14,362 +14,362 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Grundwasserschutzzonen (2022; 8 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>zona di protezione delle acque sotterranee (2022; 8 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>S3</t>
   </si>
   <si>
-    <t>Zuströmbereich anstelle einer S3 oder einer Sm</t>
+    <t>settore di alimentazione invece di un S3 o Sm</t>
   </si>
   <si>
     <t>Sh</t>
   </si>
   <si>
     <t>Sm</t>
   </si>
   <si>
-    <t>nicht nach Bundesrecht vorgesehener Schutzzonentyp</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>zona di protezione non prevista dalla legislazione federale</t>
+  </si>
+  <si>
+    <t>nessuna zona di protezione</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1204005/385754</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grundwasserschutzzonen (2022; 8 Klassen)</t>
+      <t xml:space="preserve">zona di protezione delle acque sotterranee (2022; 8 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2583</t>
     </r>
   </si>
   <si>
-    <t>Zonen, die von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden werden und dem Schutz des Trinkwassers dienen. Je nach Schutzzone gelten unterschiedlich strenge Eigentumsbeschränkungen bzw. Bewirtschaftungsauflagen. Die Variable widerspiegelt die seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) und den Stand der Ausscheidung durch die Kantone am 8.7.2022 (Download der Daten von geodienste.ch).</t>
+    <t>Zone designate dai Cantoni intorno alle sorgenti di acque sotterranee e alle installazioni di accumulo delle acque sotterranee, che sono di interesse pubblico e servono a proteggere le acque potabili. A dipendenza della zona di protezione, si applicano diverse limitazioni alla proprietà e requisiti di gestione rigorosi. La variabile riflette le categorie di zone di protezione applicabili dal 2016 in conformità all'art. 121 dell'Ordinanza sulla protezione delle acque (RS 814.201) e lo stato di designazione da parte dei Cantoni all'8 luglio 2022 (scaricare i dati da geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -721,51 +721,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1358,235 +1358,235 @@
         <v>168.9</v>
       </c>
       <c r="M22" s="6">
         <v>2</v>
       </c>
       <c r="N22" s="6">
         <v>1237.7</v>
       </c>
       <c r="O22" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1204005/385754</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grundwasserschutzzonen (2022; 8 Klassen)</t>
+            <t xml:space="preserve">zona di protezione delle acque sotterranee (2022; 8 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>