--- v0 (2026-01-09)
+++ v1 (2026-01-12)
@@ -14,362 +14,362 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Grundwasserschutzzonen (2022; 8 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>groundwater protection zones (2022, 8 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>S3</t>
   </si>
   <si>
-    <t>Zuströmbereich anstelle einer S3 oder einer Sm</t>
+    <t>area of contribution instead of S3 or Sm</t>
   </si>
   <si>
     <t>Sh</t>
   </si>
   <si>
     <t>Sm</t>
   </si>
   <si>
-    <t>nicht nach Bundesrecht vorgesehener Schutzzonentyp</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>protection zone, not according to federal law</t>
+  </si>
+  <si>
+    <t>no protection zone</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1204116/385865</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Grundwasserschutzzonen (2022; 8 Klassen)</t>
+      <t xml:space="preserve">groundwater protection zones (2022, 8 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2583</t>
     </r>
   </si>
   <si>
-    <t>Zonen, die von den Kantonen um die im öffentlichen Interesse liegenden Grundwasserfassungen und Grundwasseranreicherungsanlagen ausgeschieden werden und dem Schutz des Trinkwassers dienen. Je nach Schutzzone gelten unterschiedlich strenge Eigentumsbeschränkungen bzw. Bewirtschaftungsauflagen. Die Variable widerspiegelt die seit 2016 geltenden Schutzzonenkategorien gemäss Art. 121 der Gewässerschutzverordnung (SR 814.201) und den Stand der Ausscheidung durch die Kantone am 8.7.2022 (Download der Daten von geodienste.ch).</t>
+    <t>Zones around groundwater wells and groundwater recharging facilities that are designated by the canton as in the public interest for protecting drinking water. How strict the property restrictions and/or management requirements are depends on the protection zone,. The variable reflects the protection zone categories applicable since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) and the status of designation by the cantons on 8 July 2022 (download of data from geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -721,51 +721,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1358,235 +1358,235 @@
         <v>100.0</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N22" s="6">
         <v>100.0</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1204116/385865</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Grundwasserschutzzonen (2022; 8 Klassen)</t>
+            <t xml:space="preserve">groundwater protection zones (2022, 8 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>