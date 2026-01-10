--- v0 (2025-10-01)
+++ v1 (2026-01-10)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>groundwater protection zones (2022, 8 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>zona di protezione delle acque sotterranee (2022; 8 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>S1</t>
   </si>
   <si>
     <t>S2</t>
   </si>
   <si>
     <t>S3</t>
   </si>
   <si>
-    <t>area of contribution instead of S3 or Sm</t>
+    <t>settore di alimentazione invece di un S3 o Sm</t>
   </si>
   <si>
     <t>Sh</t>
   </si>
   <si>
     <t>Sm</t>
   </si>
   <si>
-    <t>protection zone, not according to federal law</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>zona di protezione non prevista dalla legislazione federale</t>
+  </si>
+  <si>
+    <t>nessuna zona di protezione</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1204138/385887</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">groundwater protection zones (2022, 8 classes)</t>
+      <t xml:space="preserve">zona di protezione delle acque sotterranee (2022; 8 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2583</t>
     </r>
   </si>
   <si>
-    <t>Zones around groundwater wells and groundwater recharging facilities that are designated by the canton as in the public interest for protecting drinking water. How strict the property restrictions and/or management requirements are depends on the protection zone,. The variable reflects the protection zone categories applicable since 2016 in accordance with Art. 121 of the Waters Protection Ordinance (SR 814.201) and the status of designation by the cantons on 8 July 2022 (download of data from geodienste.ch).</t>
+    <t>Zone designate dai Cantoni intorno alle sorgenti di acque sotterranee e alle installazioni di accumulo delle acque sotterranee, che sono di interesse pubblico e servono a proteggere le acque potabili. A dipendenza della zona di protezione, si applicano diverse limitazioni alla proprietà e requisiti di gestione rigorosi. La variabile riflette le categorie di zone di protezione applicabili dal 2016 in conformità all'art. 121 dell'Ordinanza sulla protezione delle acque (RS 814.201) e lo stato di designazione da parte dei Cantoni all'8 luglio 2022 (scaricare i dati da geodienste.ch).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,51 +745,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1974,51 +1974,51 @@
         <v>100.0</v>
       </c>
       <c r="AC22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD22" s="6">
         <v>100.0</v>
       </c>
       <c r="AE22" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1204138/385887</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -2034,191 +2034,191 @@
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="3"/>
       <c r="AC23" s="3"/>
       <c r="AD23" s="3"/>
       <c r="AE23" s="3"/>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">groundwater protection zones (2022, 8 classes)</t>
+            <t xml:space="preserve">zona di protezione delle acque sotterranee (2022; 8 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2583</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>