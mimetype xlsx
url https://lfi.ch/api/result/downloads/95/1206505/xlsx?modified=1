--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Anzahl Naturgefahrenprozesse (2022)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>number of natural hazard processes (2022)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,252 +172,252 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein Prozess</t>
-[...14 lines deleted...]
-    <t>Total</t>
+    <t>no natural hazard</t>
+  </si>
+  <si>
+    <t>one type</t>
+  </si>
+  <si>
+    <t>two  types</t>
+  </si>
+  <si>
+    <t>three  types</t>
+  </si>
+  <si>
+    <t>four  types</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206505/388254</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Naturgefahrenprozesse (2022)</t>
+      <t xml:space="preserve">number of natural hazard processes (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2647</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Naturgefahrenprozesse, die im von den Kantonen nach den harmonisierten Kriterien von SilvaProtect-CH ausgeschiedenen Schutzwald (Stand 2022) gleichzeitig auftreten können. Folgende vier Naturgefahrenprozesse kommen infrage: Stein-/Blockschlag, Lawine, Hangmure/Rutschung, Gerinneprozesse. Grundlage: GIS-Daten des BAFU, 2022</t>
+    <t>Number of natural hazard processes that can occur simultaneously in forest designated «protection forest» by the cantons (as of 2022) according to the harmonised criteria of SilvaProtect-CH (as of 2022). The following four natural hazard processes can be considered: rockfall, avalanches, hillslope debris flows/landslides, channel processes. Reference: GIS data from the FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2329,51 +2329,51 @@
         <v>49.2</v>
       </c>
       <c r="AY19" s="6">
         <v>8</v>
       </c>
       <c r="AZ19" s="6">
         <v>1049.5</v>
       </c>
       <c r="BA19" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:53" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206505/388254</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
@@ -2411,191 +2411,191 @@
       <c r="AQ20" s="3"/>
       <c r="AR20" s="3"/>
       <c r="AS20" s="3"/>
       <c r="AT20" s="3"/>
       <c r="AU20" s="3"/>
       <c r="AV20" s="3"/>
       <c r="AW20" s="3"/>
       <c r="AX20" s="3"/>
       <c r="AY20" s="3"/>
       <c r="AZ20" s="3"/>
       <c r="BA20" s="3"/>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Naturgefahrenprozesse (2022)</t>
+            <t xml:space="preserve">number of natural hazard processes (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2647</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="35" spans="1:53">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:53" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>