--- v0 (2025-11-29)
+++ v1 (2026-03-11)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>track type (intensity of soil disturbance)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Fläche der Fahrzeugspuren (Bodenstörung)</t>
+  </si>
+  <si>
+    <t>Spurtyp (Intensität der Bodenstörung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: %</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>track type 1 (slight disturbance)</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Spurtyp 1 (leichte Störung)</t>
+  </si>
+  <si>
+    <t>Spurtyp 2 (mässige Störung)</t>
+  </si>
+  <si>
+    <t>Spurtyp 3 (starke Störung)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206581/388330</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
+      <t xml:space="preserve">Fläche der Fahrzeugspuren (Bodenstörung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #394</t>
     </r>
   </si>
   <si>
-    <t>Area with clearly visible traces on the forest floor from timber harvesting vehicles such as tractors, forwarders and harvesters.</t>
+    <t>Fläche der deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">track type (intensity of soil disturbance)</t>
+      <t xml:space="preserve">Spurtyp (Intensität der Bodenstörung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2404</t>
     </r>
   </si>
   <si>
-    <t>Type of tracks of timber harvesting vehicles such as tractors, forwarders and harvesters on the forest floor – in three classes. For track type 3 (severe disturbance), it can be assumed that the soil fertility is significantly and permanently damaged (Lüscher et al. 2016). Reference: Field Survey (MID 954: Bodenschadentyp LIS)</t>
+    <t>Typ der Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden in drei Klassen. Bei Spurtyp 3 (starke Störung) ist davon auszugehen, dass die Bodenfruchbarkeit erheblich und langfristig geschädigt ist (Lüscher et al. 2016). Grundlage: Feldaufnahme (MID 954: Bodenschadentyp LIS)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>0.0</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>1.0</v>
       </c>
       <c r="O17" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206581/388330</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
+            <t xml:space="preserve">Fläche der Fahrzeugspuren (Bodenstörung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #394</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">track type (intensity of soil disturbance)</t>
+            <t xml:space="preserve">Spurtyp (Intensität der Bodenstörung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>