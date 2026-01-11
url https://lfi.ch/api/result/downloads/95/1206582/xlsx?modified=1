--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di traccia (intensità della perturbazione del suolo)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Fläche der Fahrzeugspuren (Bodenstörung)</t>
+  </si>
+  <si>
+    <t>Spurtyp (Intensität der Bodenstörung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: %</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>tipo 1 (perturbazione leggera)</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>Spurtyp 1 (leichte Störung)</t>
+  </si>
+  <si>
+    <t>Spurtyp 2 (mässige Störung)</t>
+  </si>
+  <si>
+    <t>Spurtyp 3 (starke Störung)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206582/388331</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie delle tracce di veicoli (s. del suolo perturbata)</t>
+      <t xml:space="preserve">Fläche der Fahrzeugspuren (Bodenstörung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #394</t>
     </r>
   </si>
   <si>
-    <t>Superficie del suolo forestale con chiare tracce di veicoli per l'esbosco come trattori, esboscatrici forestali e allestitrici/raccoglitrici integrali.</t>
+    <t>Fläche der deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di traccia (intensità della perturbazione del suolo)</t>
+      <t xml:space="preserve">Spurtyp (Intensität der Bodenstörung)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2404</t>
     </r>
   </si>
   <si>
-    <t>Tipo di tracce di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali sul suolo forestale, in tre classi. Nel caso della traccia di tipo 3 (perturbazione forte), si può presumere che la fertilità del suolo sia danneggiata in modo significativo e permanente (Lüscher et al. 2016). Fonte: rilievo sul terreno (MID 954: Bodenschadentyp LIS)</t>
+    <t>Typ der Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden in drei Klassen. Bei Spurtyp 3 (starke Störung) ist davon auszugehen, dass die Bodenfruchbarkeit erheblich und langfristig geschädigt ist (Lüscher et al. 2016). Grundlage: Feldaufnahme (MID 954: Bodenschadentyp LIS)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="70.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>0.0</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>1.0</v>
       </c>
       <c r="O17" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206582/388331</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie delle tracce di veicoli (s. del suolo perturbata)</t>
+            <t xml:space="preserve">Fläche der Fahrzeugspuren (Bodenstörung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #394</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di traccia (intensità della perturbazione del suolo)</t>
+            <t xml:space="preserve">Spurtyp (Intensität der Bodenstörung)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>