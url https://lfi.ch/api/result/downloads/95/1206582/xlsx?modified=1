--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Spurtyp (Intensität der Bodenstörung)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>area of vehicle tracks (soil disturbance)</t>
+  </si>
+  <si>
+    <t>track type (intensity of soil disturbance)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: %</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>biogeografische Region</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...14 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Spurtyp 1 (leichte Störung)</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>track type 1 (slight disturbance)</t>
+  </si>
+  <si>
+    <t>track type 2 (moderate disturbance)</t>
+  </si>
+  <si>
+    <t>track type 3 (severe disturbance)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1206582/388331</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der Fahrzeugspuren (Bodenstörung)</t>
+      <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #394</t>
     </r>
   </si>
   <si>
-    <t>Fläche der deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden.</t>
+    <t>Area with clearly visible traces on the forest floor from timber harvesting vehicles such as tractors, forwarders and harvesters.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Spurtyp (Intensität der Bodenstörung)</t>
+      <t xml:space="preserve">track type (intensity of soil disturbance)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2404</t>
     </r>
   </si>
   <si>
-    <t>Typ der Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden in drei Klassen. Bei Spurtyp 3 (starke Störung) ist davon auszugehen, dass die Bodenfruchbarkeit erheblich und langfristig geschädigt ist (Lüscher et al. 2016). Grundlage: Feldaufnahme (MID 954: Bodenschadentyp LIS)</t>
+    <t>Type of tracks of timber harvesting vehicles such as tractors, forwarders and harvesters on the forest floor – in three classes. For track type 3 (severe disturbance), it can be assumed that the soil fertility is significantly and permanently damaged (Lüscher et al. 2016). Reference: Field Survey (MID 954: Bodenschadentyp LIS)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>0.0</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>1.0</v>
       </c>
       <c r="O17" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1206582/388331</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der Fahrzeugspuren (Bodenstörung)</t>
+            <t xml:space="preserve">area of vehicle tracks (soil disturbance)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #394</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Spurtyp (Intensität der Bodenstörung)</t>
+            <t xml:space="preserve">track type (intensity of soil disturbance)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2404</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>