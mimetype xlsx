--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>superficie forestale</t>
+    <t>forest area</t>
   </si>
   <si>
-    <t>tipo di bosco (3 classi) · stato della certificazione</t>
+    <t>forest type (3 classes) · status of certification</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>cantone</t>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,302 +172,302 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>tipo di bosco (3 classi)</t>
+    <t>forest type (3 classes)</t>
   </si>
   <si>
-    <t>stato della certificazione</t>
+    <t>status of certification</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>certificazione non prevista</t>
+    <t>no certification planned</t>
   </si>
   <si>
-    <t>certificazione prevista</t>
+    <t>certification planned</t>
   </si>
   <si>
-    <t>certificazione in corso</t>
+    <t>certification in progress</t>
   </si>
   <si>
-    <t>certificazione dell'azienda in vigore</t>
+    <t>enterprise certified</t>
   </si>
   <si>
-    <t>certificazione di gruppo in vigore</t>
+    <t>group certified</t>
   </si>
   <si>
-    <t>certificazione dell'azienda e di gruppo in vigore</t>
+    <t>enterprise and groupd certified</t>
   </si>
   <si>
-    <t>certificazione scaduta, nessun rinnovamento previsto</t>
+    <t>certification expired, renewal not planned</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>bosco accessibile esclusi gli arbusteti</t>
+    <t>accessible forest without shrub forest</t>
   </si>
   <si>
-    <t>bosco non accessibile esclusi gli arbusteti</t>
+    <t>inaccessible forest without shrub forest</t>
   </si>
   <si>
-    <t>arbusteti</t>
+    <t>shrub forest</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1209086/390835</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stato della certificazione</t>
+      <t xml:space="preserve">status of certification</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #689</t>
     </r>
   </si>
   <si>
-    <t>Stato e tipo di certificazione. Fonte: inchiesta presso il servizio forestale (MID 319: Art der Zertifizierung)</t>
+    <t>Status and type of certification. Reference: Forest Service Survey (MID 319: Art der Zertifizierung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -819,52 +819,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -8558,51 +8558,51 @@
         <v>50.2</v>
       </c>
       <c r="AZ57" s="6">
         <v>7</v>
       </c>
       <c r="BA57" s="6">
         <v>1237.7</v>
       </c>
       <c r="BB57" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:54" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1209086/390835</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
@@ -8640,226 +8640,226 @@
       <c r="AR58" s="3"/>
       <c r="AS58" s="3"/>
       <c r="AT58" s="3"/>
       <c r="AU58" s="3"/>
       <c r="AV58" s="3"/>
       <c r="AW58" s="3"/>
       <c r="AX58" s="3"/>
       <c r="AY58" s="3"/>
       <c r="AZ58" s="3"/>
       <c r="BA58" s="3"/>
       <c r="BB58" s="3"/>
     </row>
     <row r="61" spans="1:54">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:54" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="64" spans="1:54">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:54" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="67" spans="1:54">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stato della certificazione</t>
+            <t xml:space="preserve">status of certification</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #689</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:54" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="70" spans="1:54">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:54" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="73" spans="1:54">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:54" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="76" spans="1:54">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:54" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>