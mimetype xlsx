--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>forest area</t>
+    <t>Waldfläche</t>
   </si>
   <si>
-    <t>degree of cover (aerial photo, 5 classes) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>Deckungsgrad (Luftbild; 5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest</t>
+      <t xml:space="preserve">: Wald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,305 +172,305 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>degree of cover (aerial photo, 5 classes)</t>
+    <t>Deckungsgrad (Luftbild; 5 Klassen)</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>obersubalpin</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>hochmontan</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>unter- und obermontan</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontan</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <t>0-20%</t>
   </si>
   <si>
     <t>21-40%</t>
   </si>
   <si>
     <t>41-60%</t>
   </si>
   <si>
     <t>61-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1209762/391511</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
+      <t xml:space="preserve">Deckungsgrad (Luftbild; 5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the ground area covered by tree crowns according to the aerial photo interpretation – in five 20-percent classes. The percentage is calculated using the 25 grid points on the interpretation area (50 × 50 m). Reference: aerial photo interpretation</t>
+    <t>Anteil der Bodenfläche gemäss Luftbildinterpretation, der von Baumkronen überschirmt ist, in fünf 20-Prozent-Klassen. Der Anteil wird mithilfe der 25 Rasterpunkte auf der Interpretationsfläche (50 × 50 m) berechnet. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest</t>
+      <t xml:space="preserve">Wald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
+    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -822,52 +822,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10347,51 +10347,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ68" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA68" s="6">
         <v>100.0</v>
       </c>
       <c r="BB68" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1209762/391511</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -10429,226 +10429,226 @@
       <c r="AR69" s="3"/>
       <c r="AS69" s="3"/>
       <c r="AT69" s="3"/>
       <c r="AU69" s="3"/>
       <c r="AV69" s="3"/>
       <c r="AW69" s="3"/>
       <c r="AX69" s="3"/>
       <c r="AY69" s="3"/>
       <c r="AZ69" s="3"/>
       <c r="BA69" s="3"/>
       <c r="BB69" s="3"/>
     </row>
     <row r="72" spans="1:54">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:54">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of cover (aerial photo, 5 classes)</t>
+            <t xml:space="preserve">Deckungsgrad (Luftbild; 5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:54" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="78" spans="1:54">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:54" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:54">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:54" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="84" spans="1:54">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest</t>
+            <t xml:space="preserve">Wald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:54" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="87" spans="1:54">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:54" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>