--- v1 (2026-01-10)
+++ v2 (2026-01-13)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
-    <t>LFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>Waldfläche</t>
+    <t>superficie forestale</t>
   </si>
   <si>
-    <t>Deckungsgrad (Luftbild; 5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>grado di copertura (foto aeree; 5 classi) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald</t>
+      <t xml:space="preserve">: bosco</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>Kanton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,305 +172,305 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>Deckungsgrad (Luftbild; 5 Klassen)</t>
+    <t>grado di copertura (foto aeree; 5 classi)</t>
   </si>
   <si>
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
+    <t>subalpina superiore</t>
   </si>
   <si>
-    <t>subalpin</t>
+    <t>subalpina</t>
   </si>
   <si>
-    <t>hochmontan</t>
+    <t>altimontana</t>
   </si>
   <si>
-    <t>unter- und obermontan</t>
+    <t>montana inferiore e superiore</t>
   </si>
   <si>
-    <t>submontan</t>
+    <t>submontana</t>
   </si>
   <si>
-    <t>hyperinsubrisch und kollin</t>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>0-20%</t>
   </si>
   <si>
     <t>21-40%</t>
   </si>
   <si>
     <t>41-60%</t>
   </si>
   <si>
     <t>61-80%</t>
   </si>
   <si>
     <t>&gt;80%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1209762/391511</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldfläche</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Deckungsgrad (Luftbild; 5 Klassen)</t>
+      <t xml:space="preserve">grado di copertura (foto aeree; 5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1336</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Bodenfläche gemäss Luftbildinterpretation, der von Baumkronen überschirmt ist, in fünf 20-Prozent-Klassen. Der Anteil wird mithilfe der 25 Rasterpunkte auf der Interpretationsfläche (50 × 50 m) berechnet. Grundlage: Luftbildinterpretation</t>
+    <t>Percentuale della superficie del suolo, secondo l'interpretazione di foto aeree, coperta da chiome di alberi, in cinque classi di 20% ognuna. La percentuale è calcolata utilizzando i 25 punti della griglia sull'area di interpretazione (50 × 50 m). Fonte: interpretazione di foto aeree</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald</t>
+      <t xml:space="preserve">bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist.</t>
+    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -822,52 +822,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -10347,51 +10347,51 @@
         <v>100.0</v>
       </c>
       <c r="AZ68" s="6" t="s">
         <v>40</v>
       </c>
       <c r="BA68" s="6">
         <v>100.0</v>
       </c>
       <c r="BB68" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="69" spans="1:54" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1209762/391511</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
@@ -10429,226 +10429,226 @@
       <c r="AR69" s="3"/>
       <c r="AS69" s="3"/>
       <c r="AT69" s="3"/>
       <c r="AU69" s="3"/>
       <c r="AV69" s="3"/>
       <c r="AW69" s="3"/>
       <c r="AX69" s="3"/>
       <c r="AY69" s="3"/>
       <c r="AZ69" s="3"/>
       <c r="BA69" s="3"/>
       <c r="BB69" s="3"/>
     </row>
     <row r="72" spans="1:54">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldfläche</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:54" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="75" spans="1:54">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Deckungsgrad (Luftbild; 5 Klassen)</t>
+            <t xml:space="preserve">grado di copertura (foto aeree; 5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1336</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:54" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="78" spans="1:54">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:54" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="81" spans="1:54">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:54" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="84" spans="1:54">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald</t>
+            <t xml:space="preserve">bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:54" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="87" spans="1:54">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:54" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>65</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>