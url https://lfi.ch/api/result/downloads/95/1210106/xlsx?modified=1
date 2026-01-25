--- v0 (2025-11-04)
+++ v1 (2026-01-25)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Hauptbaumart</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica totale</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...23 lines deleted...]
-    <t>Schweiz</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Fichte</t>
-[...38 lines deleted...]
-    <t>Total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1210106/391855</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtbasalfläche</t>
+      <t xml:space="preserve">area basimetrica totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD. Die Gesamtbasalfläche entspricht der Summe von Basalfläche und Totholzbasalfläche.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di DPU. L'area basimetrica totale corrisponde alla somma dell'area basimetrica e l'area basimetrica del legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Hauptbaumart</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>38.3</v>
       </c>
       <c r="M27" s="6">
         <v>4</v>
       </c>
       <c r="N27" s="6">
         <v>36.0</v>
       </c>
       <c r="O27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1210106/391855</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtbasalfläche</t>
+            <t xml:space="preserve">area basimetrica totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Hauptbaumart</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>