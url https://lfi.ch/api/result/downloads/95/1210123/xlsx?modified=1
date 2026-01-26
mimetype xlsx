--- v0 (2025-12-04)
+++ v1 (2026-01-26)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica totale</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1210123/391872</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total basal area</t>
+      <t xml:space="preserve">area basimetrica totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di DPU. L'area basimetrica totale corrisponde alla somma dell'area basimetrica e l'area basimetrica del legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1501,233 +1501,233 @@
         <v>34.1</v>
       </c>
       <c r="K27" s="6">
         <v>3</v>
       </c>
       <c r="L27" s="6">
         <v>34.5</v>
       </c>
       <c r="M27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1210123/391872</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total basal area</t>
+            <t xml:space="preserve">area basimetrica totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:13" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>