--- v0 (2025-12-04)
+++ v1 (2026-01-25)
@@ -14,377 +14,377 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica totale</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...23 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...38 lines deleted...]
-    <t>total</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1210125/391874</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total basal area</t>
+      <t xml:space="preserve">area basimetrica totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di DPU. L'area basimetrica totale corrisponde alla somma dell'area basimetrica e l'area basimetrica del legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>33.1</v>
       </c>
       <c r="M27" s="6">
         <v>4</v>
       </c>
       <c r="N27" s="6">
         <v>34.0</v>
       </c>
       <c r="O27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1210125/391874</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total basal area</t>
+            <t xml:space="preserve">area basimetrica totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>