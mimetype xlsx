--- v1 (2026-01-25)
+++ v2 (2026-01-26)
@@ -17,374 +17,374 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>area basimetrica totale</t>
-[...2 lines deleted...]
-    <t>specie arborea principale</t>
+    <t>surface terrière totale</t>
+  </si>
+  <si>
+    <t>essence principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...23 lines deleted...]
-    <t>Svizzera</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
-[...38 lines deleted...]
-    <t>totale</t>
+    <t>épicéa</t>
+  </si>
+  <si>
+    <t>sapin</t>
+  </si>
+  <si>
+    <t>pin</t>
+  </si>
+  <si>
+    <t>mélèze</t>
+  </si>
+  <si>
+    <t>arole</t>
+  </si>
+  <si>
+    <t>autres résineux</t>
+  </si>
+  <si>
+    <t>hêtre</t>
+  </si>
+  <si>
+    <t>érable</t>
+  </si>
+  <si>
+    <t>frêne</t>
+  </si>
+  <si>
+    <t>chêne</t>
+  </si>
+  <si>
+    <t>châtaignier</t>
+  </si>
+  <si>
+    <t>autres feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1210125/391874</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica totale</t>
+      <t xml:space="preserve">surface terrière totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di DPU. L'area basimetrica totale corrisponde alla somma dell'area basimetrica e l'area basimetrica del legno morto.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm DHP. La surface terrière totale est la somme de la surface terrière et de la surface terrière du bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -736,51 +736,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1608,235 +1608,235 @@
         <v>33.1</v>
       </c>
       <c r="M27" s="6">
         <v>4</v>
       </c>
       <c r="N27" s="6">
         <v>34.0</v>
       </c>
       <c r="O27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1210125/391874</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
       <c r="N28" s="3"/>
       <c r="O28" s="3"/>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica totale</t>
+            <t xml:space="preserve">surface terrière totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:15" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>