--- v0 (2025-12-04)
+++ v1 (2026-01-25)
@@ -14,421 +14,421 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>protection forest against avalanches (2022) · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...53 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro valanghe (2022)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...23 lines deleted...]
-    <t>outside</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1211489/393238</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest against avalanches (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Area in/outside a forest that provides protection against avalanches which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -780,52 +780,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -4145,51 +4145,51 @@
         <v>29.3</v>
       </c>
       <c r="AD44" s="6">
         <v>4</v>
       </c>
       <c r="AE44" s="6">
         <v>30.7</v>
       </c>
       <c r="AF44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1211489/393238</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
@@ -4205,226 +4205,226 @@
       <c r="V45" s="3"/>
       <c r="W45" s="3"/>
       <c r="X45" s="3"/>
       <c r="Y45" s="3"/>
       <c r="Z45" s="3"/>
       <c r="AA45" s="3"/>
       <c r="AB45" s="3"/>
       <c r="AC45" s="3"/>
       <c r="AD45" s="3"/>
       <c r="AE45" s="3"/>
       <c r="AF45" s="3"/>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest against avalanches (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="54" spans="1:32">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:32" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:32" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:32" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:32" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>