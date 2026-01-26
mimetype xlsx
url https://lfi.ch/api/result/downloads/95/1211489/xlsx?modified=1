--- v1 (2026-01-25)
+++ v2 (2026-01-26)
@@ -17,418 +17,418 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>area basimetrica</t>
-[...2 lines deleted...]
-    <t>bosco di protezione contro valanghe (2022) · fasce vegetazionali NaiS (6 classi)</t>
+    <t>surface terrière</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des avalanches (2022) · étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...53 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des avalanches (2022)</t>
+  </si>
+  <si>
+    <t>étages de végétation NaiS (6 classes)</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...23 lines deleted...]
-    <t>all'esterno</t>
+    <t>subalpin supérieur</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>haut-montagnard</t>
+  </si>
+  <si>
+    <t>montagnard inférieur et supérieur</t>
+  </si>
+  <si>
+    <t>submontagnard</t>
+  </si>
+  <si>
+    <t>hyperinsubrique et collinéen</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>à l'intérieur</t>
+  </si>
+  <si>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1211489/393238</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">surface terrière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur de tous les arbres et arbustes vifs (sur pied et à terre) avec un diamètre à hauteur de poitrine (DHP) d’au moins 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
+      <t xml:space="preserve">forêt de protection contre des avalanches (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2645</t>
     </r>
   </si>
   <si>
-    <t>Superficie all'interno/all'esterno del bosco di protezione contro le valanghe, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les avalanches délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005), ramenée à six classes. Cette variable constitue une simplification des étages altitudinaux de végétation NaiS en dix classes (NAISHSTKOMB), résultant de la fusion des classes «hyperinsubrique», «collinéen» et «collinéen avec hêtre» dans la classe «hyperinsubrique et collinéen», et des classes «montagnard inférieur», «montagnard supérieur» et «montagnard inférieur/supérieur» dans la classe «montagnard inférieur et supérieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -780,52 +780,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -4145,51 +4145,51 @@
         <v>29.3</v>
       </c>
       <c r="AD44" s="6">
         <v>4</v>
       </c>
       <c r="AE44" s="6">
         <v>30.7</v>
       </c>
       <c r="AF44" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:32" customHeight="1" ht="21.75">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1211489/393238</t>
           </r>
         </is>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
@@ -4205,226 +4205,226 @@
       <c r="V45" s="3"/>
       <c r="W45" s="3"/>
       <c r="X45" s="3"/>
       <c r="Y45" s="3"/>
       <c r="Z45" s="3"/>
       <c r="AA45" s="3"/>
       <c r="AB45" s="3"/>
       <c r="AC45" s="3"/>
       <c r="AD45" s="3"/>
       <c r="AE45" s="3"/>
       <c r="AF45" s="3"/>
     </row>
     <row r="48" spans="1:32">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">surface terrière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:32" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco di protezione contro valanghe (2022)</t>
+            <t xml:space="preserve">forêt de protection contre des avalanches (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2645</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:32" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="54" spans="1:32">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">étages de végétation NaiS (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:32" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:32" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:32" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:32" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>