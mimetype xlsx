--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi) · tipo di bosco (3 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes) · forest type (3 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco</t>
+      <t xml:space="preserve">: forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>tipo di bosco (3 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+  </si>
+  <si>
+    <t>forest type (3 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco accessibile esclusi gli arbusteti</t>
-[...26 lines deleted...]
-    <t>iperinsubrica e collinare</t>
+    <t>accessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>inaccessible forest without shrub forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1212301/394050</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (3 classi)</t>
+      <t xml:space="preserve">forest type (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
+    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco</t>
+      <t xml:space="preserve">forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #484</t>
     </r>
   </si>
   <si>
-    <t>Superficie che soddisfa la definizione di bosco secondo l'IFN, che è dunque «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Area that meets the NFI's definition of 'forest', i.e. is «a forest without shrub forest» or «a shrub forest».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2868,270 +2868,270 @@
         <v>100.0</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O52" s="6">
         <v>100.0</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1212301/394050</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
       <c r="O53" s="3"/>
       <c r="P53" s="3"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (3 classi)</t>
+            <t xml:space="preserve">forest type (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:16" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:16" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco</t>
+            <t xml:space="preserve">forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #484</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:16" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:16" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>