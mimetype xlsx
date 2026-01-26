--- v0 (2025-12-04)
+++ v1 (2026-01-26)
@@ -14,454 +14,454 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>Basalfläche</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · main tree species</t>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>Wirtschaftsregion</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Jura West</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Jura Ost</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Mittelland West</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Mittelland Mitte</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Mittelland Ost</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Voralpen West</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Voralpen Mitte</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Voralpen Ost</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Alpen Nordwest</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Alpen Mitte</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Alpen Nordost</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>upper subalpine</t>
+    <t>obersubalpin</t>
   </si>
   <si>
-    <t>subalpine</t>
+    <t>subalpin</t>
   </si>
   <si>
-    <t>high-montane</t>
+    <t>hochmontan</t>
   </si>
   <si>
-    <t>lower and upper montane</t>
+    <t>unter- und obermontan</t>
   </si>
   <si>
-    <t>submontane</t>
+    <t>submontan</t>
   </si>
   <si>
-    <t>hyperinsubric and colline</t>
+    <t>hyperinsubrisch und kollin</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215014/396763</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">Basalfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (BHD-Messstelle) aller lebenden Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Synonym für Basalfläche: Grundfläche.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -813,52 +813,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -12634,51 +12634,51 @@
         <v>33.8</v>
       </c>
       <c r="AD132" s="6">
         <v>4</v>
       </c>
       <c r="AE132" s="6">
         <v>32.4</v>
       </c>
       <c r="AF132" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:32" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215014/396763</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
@@ -12694,226 +12694,226 @@
       <c r="V133" s="3"/>
       <c r="W133" s="3"/>
       <c r="X133" s="3"/>
       <c r="Y133" s="3"/>
       <c r="Z133" s="3"/>
       <c r="AA133" s="3"/>
       <c r="AB133" s="3"/>
       <c r="AC133" s="3"/>
       <c r="AD133" s="3"/>
       <c r="AE133" s="3"/>
       <c r="AF133" s="3"/>
     </row>
     <row r="136" spans="1:32">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">Basalfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:32" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="139" spans="1:32">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:32" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="142" spans="1:32">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:32" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="145" spans="1:32">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:32" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="148" spans="1:32">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:32" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="151" spans="1:32">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:32" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>