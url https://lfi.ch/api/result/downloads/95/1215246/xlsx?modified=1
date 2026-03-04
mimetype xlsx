--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>LFI3</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>NFI3</t>
+  </si>
+  <si>
+    <t>stand density index (SDI)</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Kanton</t>
+      <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: Index</t>
+      <t xml:space="preserve">: index</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz</t>
+      <t xml:space="preserve">: 1.4-km grid</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2004/07</t>
-[...2 lines deleted...]
-    <t>Kanton</t>
+    <t>state 2004/07</t>
+  </si>
+  <si>
+    <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Schweiz</t>
-[...2 lines deleted...]
-    <t>Index</t>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>index</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...17 lines deleted...]
-    <t>Total</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>lower and upper montane</t>
+  </si>
+  <si>
+    <t>submontane</t>
+  </si>
+  <si>
+    <t>hyperinsubric and colline</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215246/396995</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bestandesdichteindex (SDI)</t>
+      <t xml:space="preserve">stand density index (SDI)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #29</t>
     </r>
   </si>
   <si>
-    <t>Mass für die Dichte einer Bestockung, das aus der Stammzahl pro ha (im LFI Bäume und Sträucher ab 12 cm Brusthöhendurchmesser [BHD]) und dem Mitteldurchmesser berechnet wird. Bei einer Kluppschwelle von 0 cm ist der SDI weitgehend unabhängig von Standortgüte, Baumartenzusammensetzung und Bestandesalter.</t>
+    <t>Measure of the density of a stocking calculated from the number of stems per hectare (in NFI trees and shrubs with a diameter at breast height [dbh] ≥12 cm) and the mean diameter. With a callipering threshold of 0 cm, the SDI is largely independent of the site quality, tree species composition and stand age.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Kanton</t>
+      <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
+    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz</t>
+      <t xml:space="preserve">1.4-km grid</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #410</t>
     </r>
   </si>
   <si>
-    <t>Stichprobennetz des LFI mit einer Maschenweite von 1,4 km. Beim 1,4-km-Netz handelt es sich um das gemeinsame Netz aller bisherigen terrestrischen Inventuren, weshalb es auch als Basisnetz bezeichnet wird.</t>
+    <t>NFI's sampling grid with a mesh size of 1.4 km. The 1.4-km grid is the grid size covering all the previous terrestrial Inventories, which is why it is also called the base grid.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,51 +772,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2493,51 +2493,51 @@
         <v>536.3</v>
       </c>
       <c r="AY20" s="6">
         <v>4</v>
       </c>
       <c r="AZ20" s="6">
         <v>565.0</v>
       </c>
       <c r="BA20" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215246/396995</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Bestandesdichteindex (SDI)</t>
+            <t xml:space="preserve">stand density index (SDI)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #29</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Kanton</t>
+            <t xml:space="preserve">canton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz</t>
+            <t xml:space="preserve">1.4-km grid</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #410</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>