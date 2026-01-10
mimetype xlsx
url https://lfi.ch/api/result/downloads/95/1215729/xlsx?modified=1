--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest formations (NaiS; 10 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di specie legnose (da 40 cm d'altezza)</t>
+  </si>
+  <si>
+    <t>formazioni forestali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,267 +172,267 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>beech forests</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>faggete</t>
+  </si>
+  <si>
+    <t>abieti-faggete</t>
+  </si>
+  <si>
+    <t>altri boschi di latifoglie</t>
+  </si>
+  <si>
+    <t>boschi di abete bianco e abete rosso</t>
+  </si>
+  <si>
+    <t>peccete</t>
+  </si>
+  <si>
+    <t>cembrete e lariceti</t>
+  </si>
+  <si>
+    <t>pinete</t>
+  </si>
+  <si>
+    <t>boschi pionieri</t>
+  </si>
+  <si>
+    <t>arbusteti*</t>
+  </si>
+  <si>
+    <t>non bosco*</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215729/397478</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of woody species (≥40 cm high)</t>
+      <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Number of species of trees and shrubs that occur within the 200 m² circle on the sample plot with at least one living individual ≥40 cm high.</t>
+    <t>Numero di specie di alberi e di arbusti nel cerchio di 2 are, presenti con almeno un individuo di almeno 40 cm di altezza.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
+    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -784,51 +784,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -3149,51 +3149,51 @@
         <v>9.6</v>
       </c>
       <c r="AY24" s="6">
         <v>4</v>
       </c>
       <c r="AZ24" s="6">
         <v>6.9</v>
       </c>
       <c r="BA24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215729/397478</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -3231,191 +3231,191 @@
       <c r="AQ25" s="3"/>
       <c r="AR25" s="3"/>
       <c r="AS25" s="3"/>
       <c r="AT25" s="3"/>
       <c r="AU25" s="3"/>
       <c r="AV25" s="3"/>
       <c r="AW25" s="3"/>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="3"/>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of woody species (≥40 cm high)</t>
+            <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>