--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>formazioni forestali NaiS (10 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of woody species (≥40 cm high)</t>
+  </si>
+  <si>
+    <t>forest formations (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>faggete</t>
-[...29 lines deleted...]
-    <t>totale</t>
+    <t>beech forests</t>
+  </si>
+  <si>
+    <t>silver fir-beech forests</t>
+  </si>
+  <si>
+    <t>other boradleaved forests</t>
+  </si>
+  <si>
+    <t>silver fir-spruce forests</t>
+  </si>
+  <si>
+    <t>spruce forests</t>
+  </si>
+  <si>
+    <t>Arolla pine and larch forests</t>
+  </si>
+  <si>
+    <t>pine forests</t>
+  </si>
+  <si>
+    <t>pioneer forests</t>
+  </si>
+  <si>
+    <t>shrub forests*</t>
+  </si>
+  <si>
+    <t>non-forest*</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215733/397482</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
+      <t xml:space="preserve">number of woody species (≥40 cm high)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Numero di specie di alberi e di arbusti nel cerchio di 2 are, presenti con almeno un individuo di almeno 40 cm di altezza.</t>
+    <t>Number of species of trees and shrubs that occur within the 200 m² circle on the sample plot with at least one living individual ≥40 cm high.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
+      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
+    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1458,235 +1458,235 @@
         <v>4.8</v>
       </c>
       <c r="M24" s="6">
         <v>3</v>
       </c>
       <c r="N24" s="6">
         <v>6.9</v>
       </c>
       <c r="O24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215733/397482</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di specie legnose (da 40 cm d'altezza)</t>
+            <t xml:space="preserve">number of woody species (≥40 cm high)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
+            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>