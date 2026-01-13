--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest formations (NaiS; 10 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anzahl Gehölzarten (ab 40 cm Höhe)</t>
+  </si>
+  <si>
+    <t>NaiS-Waldformationen (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: n</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Stk.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...17 lines deleted...]
-    <t>n</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk.</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>beech forests</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>Buchenwälder</t>
+  </si>
+  <si>
+    <t>Tannen-Buchenwälder</t>
+  </si>
+  <si>
+    <t>übrige Laubwälder</t>
+  </si>
+  <si>
+    <t>Tannen-Fichtenwälder</t>
+  </si>
+  <si>
+    <t>Fichtenwälder</t>
+  </si>
+  <si>
+    <t>Arven- und Lärchenwälder</t>
+  </si>
+  <si>
+    <t>Föhrenwälder</t>
+  </si>
+  <si>
+    <t>Pionierwälder</t>
+  </si>
+  <si>
+    <t>Gebüschwälder*</t>
+  </si>
+  <si>
+    <t>Nichtwald*</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1215733/397482</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of woody species (≥40 cm high)</t>
+      <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #144</t>
     </r>
   </si>
   <si>
-    <t>Number of species of trees and shrubs that occur within the 200 m² circle on the sample plot with at least one living individual ≥40 cm high.</t>
+    <t>Anzahl Baum- und Straucharten, die im 2-Aren-Probekreis mit mindestens einem lebenden Individuum ab 40 cm Höhe vertreten sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+      <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
+    <t>Zusammenfassung der 18 Gruppen von NaiS-Standorttypen mit jeweils ähnlichem Ziel für die Hauptbaumarten (NAISGGROB20) zu 10 als «Waldformationen» bezeichneten Grossverbänden. *Durch die kleinflächige Ansprache der Standorttypen im Rahmen des Projektes NaiS-LFI ist es möglich, dass auf Probeflächen, die im LFI als «Wald» gelten, Nichtwald-Standorttypen (z.B. Wiese, Weide, Fels) vorkommen. Ebenso können im «Wald ohne Gebüschwald» Gebüschwald-Standorttypen vorhanden sein.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,64 +727,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="42.275" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1458,235 +1458,235 @@
         <v>4.8</v>
       </c>
       <c r="M24" s="6">
         <v>3</v>
       </c>
       <c r="N24" s="6">
         <v>6.9</v>
       </c>
       <c r="O24" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1215733/397482</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of woody species (≥40 cm high)</t>
+            <t xml:space="preserve">Anzahl Gehölzarten (ab 40 cm Höhe)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #144</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+            <t xml:space="preserve">NaiS-Waldformationen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>