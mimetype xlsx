--- v0 (2025-11-28)
+++ v1 (2026-01-26)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stump: conifers or broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomasse des souches</t>
+  </si>
+  <si>
+    <t>souche: résineux ou feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: million kg</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>million kg</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1216967/398716</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">biomasse des souches</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Poids sec (masse) des souches d'au moins 7 cm de diamètre, c'est-à-dire de la partie aérienne d'arbres ou d'arbustes située en dessous du trait de coupe ou, en cas de chute naturelle, en dessous de la cassure. Une souche a une hauteur maximale de 1,3 m. Au-delà, elle est considérée comme un arbre sec sur pied. Cette masse est déterminée sur la base de la densité du bois en fonction de l'espèce et du degré de décomposition.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stump: conifers or broadleaves</t>
+      <t xml:space="preserve">souche: résineux ou feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2368</t>
     </r>
   </si>
   <si>
-    <t>Species group (conifers or broadleaves) of stumps ≥7 cm in diameter. Reference: Field Survey (MID 970: Stocktotholz - Baumart)</t>
+    <t>Groupe des essences (résineux, feuillus) des souches à partir de 7 cm de diamètre. Source: relevé de terrain (MID 970: Stocktotholz - Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,64 +706,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="38.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1108,235 +1108,235 @@
         <v>253</v>
       </c>
       <c r="M17" s="6">
         <v>14</v>
       </c>
       <c r="N17" s="6">
         <v>5001</v>
       </c>
       <c r="O17" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1216967/398716</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">biomasse des souches</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stump: conifers or broadleaves</t>
+            <t xml:space="preserve">souche: résineux ou feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2368</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>