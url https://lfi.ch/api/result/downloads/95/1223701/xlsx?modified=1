--- v0 (2025-10-01)
+++ v1 (2026-02-14)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,273 +172,273 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1223701/405451</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -790,51 +790,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -3477,51 +3477,51 @@
         <v>50.2</v>
       </c>
       <c r="AY26" s="6">
         <v>7</v>
       </c>
       <c r="AZ26" s="6">
         <v>1176.4</v>
       </c>
       <c r="BA26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1223701/405451</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -3559,191 +3559,191 @@
       <c r="AQ27" s="3"/>
       <c r="AR27" s="3"/>
       <c r="AS27" s="3"/>
       <c r="AT27" s="3"/>
       <c r="AU27" s="3"/>
       <c r="AV27" s="3"/>
       <c r="AW27" s="3"/>
       <c r="AX27" s="3"/>
       <c r="AY27" s="3"/>
       <c r="AZ27" s="3"/>
       <c r="BA27" s="3"/>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="39" spans="1:53">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:53" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:53">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:53" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>