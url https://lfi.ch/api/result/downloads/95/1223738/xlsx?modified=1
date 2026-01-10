--- v0 (2025-10-01)
+++ v1 (2026-01-10)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (12 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>inaccessible forest</t>
-[...35 lines deleted...]
-    <t>total</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1223738/405488</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (12 classes)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest NFI4/NFI5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1558,235 +1558,235 @@
         <v>195.4</v>
       </c>
       <c r="M26" s="6">
         <v>2</v>
       </c>
       <c r="N26" s="6">
         <v>1290.8</v>
       </c>
       <c r="O26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1223738/405488</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (12 classes)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest NFI4/NFI5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>