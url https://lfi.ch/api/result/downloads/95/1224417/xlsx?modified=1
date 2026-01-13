--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,412 +14,412 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of cover of established regeneration · altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>grado di copertura della rinnovazione affermata · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>grado di copertura della rinnovazione affermata</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1224417/406167</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of cover of established regeneration</t>
+      <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #636</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the ground area that is covered by established regeneration, i.e. by living coniferous and broadleaved trees ≥1.3 m in height and 11.9 cm in diameter at breast height (dbh). Reference: Field Survey (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
+    <t>Percentuale della superficie coperta da rinnovazione affermata, ossia dalle specie arboree di conifere e latifoglie a partire da 1,3 m di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU). Questa variabile è disponibile a partire dall'IFN3 (2004-2006). Fonte: rilievo sul terreno (MID 273: Deckungsgrad der gesicherten Verjüngung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -771,52 +771,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -4418,270 +4418,270 @@
         <v>100.0</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O84" s="6">
         <v>100.0</v>
       </c>
       <c r="P84" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:16" customHeight="1" ht="21.75">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1224417/406167</t>
           </r>
         </is>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="J85" s="3"/>
       <c r="K85" s="3"/>
       <c r="L85" s="3"/>
       <c r="M85" s="3"/>
       <c r="N85" s="3"/>
       <c r="O85" s="3"/>
       <c r="P85" s="3"/>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of cover of established regeneration</t>
+            <t xml:space="preserve">grado di copertura della rinnovazione affermata</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #636</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="95" spans="1:16" customHeight="1" ht="29">
       <c r="A95" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="98" spans="1:16" customHeight="1" ht="29">
       <c r="A98" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="101" spans="1:16" customHeight="1" ht="29">
       <c r="A101" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="104" spans="1:16" customHeight="1" ht="29">
       <c r="A104" s="1" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>