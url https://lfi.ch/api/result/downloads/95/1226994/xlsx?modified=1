--- v0 (2025-12-25)
+++ v1 (2026-02-17)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stand density index (SDI – in 4 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>indice di densità del popolamento (4 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,249 +172,249 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=400 (open to scattered)</t>
-[...11 lines deleted...]
-    <t>total</t>
+    <t>=400 (da aperto a rado)</t>
+  </si>
+  <si>
+    <t>401-800 (diradato)</t>
+  </si>
+  <si>
+    <t>801-1200 (denso)</t>
+  </si>
+  <si>
+    <t>&gt;1200 (molto denso)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1226994/408744</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
+      <t xml:space="preserve">indice di densità del popolamento (4 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257</t>
     </r>
   </si>
   <si>
-    <t>Density of a stand – in four classes. The Stand Density Index (SDI) is calculated on the basis of the number of stems per hectare of trees and shrubs ≥12 cm in diameter at breast height (dbh) and the mean diameter. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Densità di un popolamento in quattro classi. L'indice di densità del popolamento (Stand Density Index SDI) è calcolato in base al numero di fusti per ettaro di alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm e al diametro medio. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -769,51 +769,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -2168,51 +2168,51 @@
         <v>100.0</v>
       </c>
       <c r="AY18" s="7" t="s">
         <v>38</v>
       </c>
       <c r="AZ18" s="7">
         <v>100.0</v>
       </c>
       <c r="BA18" s="7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:53" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1226994/408744</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
@@ -2250,191 +2250,191 @@
       <c r="AQ19" s="3"/>
       <c r="AR19" s="3"/>
       <c r="AS19" s="3"/>
       <c r="AT19" s="3"/>
       <c r="AU19" s="3"/>
       <c r="AV19" s="3"/>
       <c r="AW19" s="3"/>
       <c r="AX19" s="3"/>
       <c r="AY19" s="3"/>
       <c r="AZ19" s="3"/>
       <c r="BA19" s="3"/>
     </row>
     <row r="22" spans="1:53">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:53" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
+            <t xml:space="preserve">indice di densità del popolamento (4 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>