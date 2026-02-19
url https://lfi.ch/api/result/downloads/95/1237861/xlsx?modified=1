--- v0 (2025-12-28)
+++ v1 (2026-02-19)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di copertura della rinnovazione (7 classi) · stabilità del popolamento</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Verjüngungsdeckungsgrad (7 Klassen) · Bestandesstabilität</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>stabilità del popolamento</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Verjüngungsdeckungsgrad (7 Klassen)</t>
+  </si>
+  <si>
+    <t>Bestandesstabilität</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">critica </t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t xml:space="preserve">kritisch </t>
+  </si>
+  <si>
+    <t xml:space="preserve">vermindert stabil </t>
+  </si>
+  <si>
+    <t xml:space="preserve">stabil </t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <t>&lt;1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1237861/419611</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di copertura della rinnovazione (7 classi)</t>
+      <t xml:space="preserve">Verjüngungsdeckungsgrad (7 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #930</t>
     </r>
   </si>
   <si>
-    <t>Percentuale della superficie coperta dalla rinnovazione, ossia dalle specie arboree di conifere e latifoglie a partire da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU), in 7 classi. Questo attributo è disponibile a partire dall'IFN3 (2004-2006). Per comparazioni che vanno fino all'IFN2 (1993-1995), si può usare l'attributo «grado di copertura della rinnovazione (6 classi)». Fonte: rilievo sul terreno (MID 270: Verjüngungs-Deckungsgrad)</t>
+    <t>Flächenanteil, der von Verjüngung, d.h. von Laub- und Nadelbäumen von 10 cm Höhe bis 11,9 cm Brusthöhendurchmesser (BHD), überschirmt ist in sieben Klassen. Das Merkmal ist ab dem LFI3 (2004-2006) verfügbar. Für Vergleiche, die bis zum LFI2 (1993-1995) zurückgehen sollen, kann das Merkmal «Verjüngungsdeckungsgrad (6 Klassen)» verwendet werden. Grundlage: Feldaufnahme (MID 270: Verjüngungs-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stabilità del popolamento</t>
+      <t xml:space="preserve">Bestandesstabilität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Capacità di resistenza meccanica di un popolamento di fronte a stress abiotici e biotici nei prossimi 10-20 anni, in tre classi. Fonte: rilievo sul terreno (MID 310: Gesamtstabilität)</t>
+    <t>Mechanische Widerstandsfähigkeit eines Bestandes gegenüber abiotischen und biotischen Belastungen innerhalb der nächsten 10 bis 20 Jahre in drei Klassen. Grundlage: Feldaufnahme (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2826,268 +2826,268 @@
         <v>100.0</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="6">
         <v>100.0</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1237861/419611</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
       <c r="M58" s="3"/>
       <c r="N58" s="3"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di copertura della rinnovazione (7 classi)</t>
+            <t xml:space="preserve">Verjüngungsdeckungsgrad (7 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #930</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stabilità del popolamento</t>
+            <t xml:space="preserve">Bestandesstabilität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:14" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:14" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>