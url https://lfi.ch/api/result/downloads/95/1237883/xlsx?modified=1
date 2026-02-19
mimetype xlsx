--- v0 (2025-12-29)
+++ v1 (2026-02-19)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>grado di copertura della rinnovazione (7 classi) · stabilità del popolamento</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>degree of regeneration cover (7 classes) · stand stability</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, subtotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>stabilità del popolamento</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>degree of regeneration cover (7 classes)</t>
+  </si>
+  <si>
+    <t>stand stability</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t xml:space="preserve">critica </t>
-[...11 lines deleted...]
-    <t>&lt;1%</t>
+    <t>critical</t>
+  </si>
+  <si>
+    <t>reduced</t>
+  </si>
+  <si>
+    <t>stable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>&lt; 1%</t>
   </si>
   <si>
     <t>1-4%</t>
   </si>
   <si>
     <t>5-9%</t>
   </si>
   <si>
     <t>10-25%</t>
   </si>
   <si>
     <t>26-50%</t>
   </si>
   <si>
     <t>51-75%</t>
   </si>
   <si>
     <t>76-100%</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1237883/419633</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grado di copertura della rinnovazione (7 classi)</t>
+      <t xml:space="preserve">degree of regeneration cover (7 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #930</t>
     </r>
   </si>
   <si>
-    <t>Percentuale della superficie coperta dalla rinnovazione, ossia dalle specie arboree di conifere e latifoglie a partire da 10 cm di altezza fino a 11,9 cm di diametro a petto d'uomo (DPU), in 7 classi. Questo attributo è disponibile a partire dall'IFN3 (2004-2006). Per comparazioni che vanno fino all'IFN2 (1993-1995), si può usare l'attributo «grado di copertura della rinnovazione (6 classi)». Fonte: rilievo sul terreno (MID 270: Verjüngungs-Deckungsgrad)</t>
+    <t>Proportion of the area covered by regeneration, i.e. broadleaves and conifers ≥10 cm in height and ≤11.9 cm in diameter at breast height (dbh) - in seven classes. The variable has been in use since NFI3 (2004-2006). For comparisons going back to NFI2 (1993-1995), the variable «degree of regeneration cover (6 classes)» can be used. Reference: Field Survey (MID 270: Verjüngungs-Deckungsgrad)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stabilità del popolamento</t>
+      <t xml:space="preserve">stand stability</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #891</t>
     </r>
   </si>
   <si>
-    <t>Capacità di resistenza meccanica di un popolamento di fronte a stress abiotici e biotici nei prossimi 10-20 anni, in tre classi. Fonte: rilievo sul terreno (MID 310: Gesamtstabilität)</t>
+    <t>Mechanical resistence of a stand to abiotic and biotic stresses within the next 10 to 20 years – in three classes. Reference: Field Survey (MID 310: Gesamtstabilität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -759,52 +759,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="59.985" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2826,268 +2826,268 @@
         <v>100.0</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="6">
         <v>100.0</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1237883/419633</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
       <c r="M58" s="3"/>
       <c r="N58" s="3"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:14" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">grado di copertura della rinnovazione (7 classi)</t>
+            <t xml:space="preserve">degree of regeneration cover (7 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #930</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stabilità del popolamento</t>
+            <t xml:space="preserve">stand stability</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #891</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:14" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:14" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>