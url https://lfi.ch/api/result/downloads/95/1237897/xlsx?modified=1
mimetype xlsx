--- v0 (2025-12-25)
+++ v1 (2026-02-15)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>intensité du pacage</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>forest area</t>
+  </si>
+  <si>
+    <t>pasturing intensity</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région biogéographique</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>nord des Alpes</t>
-[...11 lines deleted...]
-    <t>Suisse</t>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas de pacage/pas d'indication</t>
+    <t>no pasturing or n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>extensif et non récent</t>
-[...11 lines deleted...]
-    <t>pas de pacage</t>
+    <t>extensive, not current</t>
+  </si>
+  <si>
+    <t>extensive, current</t>
+  </si>
+  <si>
+    <t>intensive, not current</t>
+  </si>
+  <si>
+    <t>intensive, current</t>
+  </si>
+  <si>
+    <t>no pasturing</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1237897/419647</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface forestière</t>
+      <t xml:space="preserve">forest area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Ensemble de toutes les surfaces qui sont désignées comme forêt selon la définition de la forêt de l’IFN. Cette définition inclut la forêt buissonnante. La variable cible «surface forestière» est également utilisée pour évaluer la surface totale lorsqu'il s'agit de distinguer entre «forêt» et «hors forêt».</t>
+    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">intensité du pacage</t>
+      <t xml:space="preserve">pasturing intensity</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #450</t>
     </r>
   </si>
   <si>
-    <t>Placettes d'échantillonnage avec/sans traces de pacage par des animaux de rente dans le peuplement déterminant sur la surface d'interprétation (50 × 50 m) ainsi que l'intensité et le caractère récent du pacage sur la base de la présence et de la fraîcheur des indices de pacage, en particulier les traces de pas et les excréments. Source: relevé de terrain (MID 205: Beweidungsintensität)</t>
+    <t>Sample plots with/without traces of grazing by livestock pasturing in the relevant stand on the interpretation area (50 × 50 m), as well as intensity and recency of pasturing based on the occurrence and freshness of pasturing signs, especially tracks and droppings. Reference: Field Survey (MID 205: Beweidungsintensität)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6">
         <v>100.0</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1237897/419647</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface forestière</t>
+            <t xml:space="preserve">forest area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">intensité du pacage</t>
+            <t xml:space="preserve">pasturing intensity</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #450</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>