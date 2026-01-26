--- v0 (2025-12-04)
+++ v1 (2026-01-26)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>dominant diameter at breast height (standing-living - in 8 classes) · main tree species</t>
+    <t>diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>canton</t>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,335 +172,335 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>dominant diameter at breast height (standing-living - in 8 classes)</t>
+    <t>diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>&gt;80 cm</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240028/421778</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">dominant diameter at breast height (standing-living - in 8 classes)</t>
+      <t xml:space="preserve">diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1316</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the 100 largest (thickest) standing living trees and shrubs ≥12 cm dbh per hectare – in eight classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diametro a petto d'uomo (DPU) dei 100 alberi e arbusti (vivi in piedi) più grossi a partire da 12 cm di DPU, in otto classi. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -852,52 +852,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BB182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -25611,51 +25611,51 @@
         <v>26.6</v>
       </c>
       <c r="AZ162" s="6">
         <v>5</v>
       </c>
       <c r="BA162" s="6">
         <v>30.7</v>
       </c>
       <c r="BB162" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:54" customHeight="1" ht="21.75">
       <c r="A163" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240028/421778</t>
           </r>
         </is>
       </c>
       <c r="C163" s="3"/>
       <c r="D163" s="3"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3"/>
       <c r="K163" s="3"/>
       <c r="L163" s="3"/>
@@ -25693,226 +25693,226 @@
       <c r="AR163" s="3"/>
       <c r="AS163" s="3"/>
       <c r="AT163" s="3"/>
       <c r="AU163" s="3"/>
       <c r="AV163" s="3"/>
       <c r="AW163" s="3"/>
       <c r="AX163" s="3"/>
       <c r="AY163" s="3"/>
       <c r="AZ163" s="3"/>
       <c r="BA163" s="3"/>
       <c r="BB163" s="3"/>
     </row>
     <row r="166" spans="1:54">
       <c r="A166" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="167" spans="1:54" customHeight="1" ht="29">
       <c r="A167" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="169" spans="1:54">
       <c r="A169" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">dominant diameter at breast height (standing-living - in 8 classes)</t>
+            <t xml:space="preserve">diametro a petto d'uomo dominante (alberi vivi in piedi; 8 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1316</t>
           </r>
         </is>
       </c>
     </row>
     <row r="170" spans="1:54" customHeight="1" ht="29">
       <c r="A170" s="1" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="172" spans="1:54">
       <c r="A172" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="173" spans="1:54" customHeight="1" ht="29">
       <c r="A173" s="1" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="175" spans="1:54">
       <c r="A175" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="176" spans="1:54" customHeight="1" ht="29">
       <c r="A176" s="1" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="178" spans="1:54">
       <c r="A178" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="179" spans="1:54" customHeight="1" ht="29">
       <c r="A179" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="181" spans="1:54">
       <c r="A181" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="182" spans="1:54" customHeight="1" ht="29">
       <c r="A182" s="1" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>