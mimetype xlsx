--- v0 (2025-12-04)
+++ v1 (2026-01-25)
@@ -14,439 +14,439 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>basal area</t>
+    <t>area basimetrica</t>
   </si>
   <si>
-    <t>forest formations (NaiS; 10 classes) · main tree species</t>
+    <t>formazioni forestali NaiS (10 classi) · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>stato 2018/26</t>
   </si>
   <si>
-    <t>production region</t>
+    <t>regione di produzione</t>
   </si>
   <si>
-    <t>Jura</t>
+    <t>Giura</t>
   </si>
   <si>
-    <t>Plateau</t>
+    <t>Altopiano</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
+    <t>Prealpi</t>
   </si>
   <si>
-    <t>Alps</t>
+    <t>Alpi</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud delle Alpi</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
-    <t>forest formations (NaiS; 10 classes)</t>
+    <t>formazioni forestali NaiS (10 classi)</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>abete rosso</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>abete bianco</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pino</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>larice</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>cembro</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>altre conifere</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>faggio</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>acero</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frassino</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>quercia</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>castagno</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>altre latifoglie</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>non determinabile</t>
   </si>
   <si>
-    <t>total</t>
+    <t>totale</t>
   </si>
   <si>
-    <t>beech forests</t>
+    <t>faggete</t>
   </si>
   <si>
-    <t>silver fir-beech forests</t>
+    <t>abieti-faggete</t>
   </si>
   <si>
-    <t>other boradleaved forests</t>
+    <t>altri boschi di latifoglie</t>
   </si>
   <si>
-    <t>silver fir-spruce forests</t>
+    <t>boschi di abete bianco e abete rosso</t>
   </si>
   <si>
-    <t>spruce forests</t>
+    <t>peccete</t>
   </si>
   <si>
-    <t>Arolla pine and larch forests</t>
+    <t>cembrete e lariceti</t>
   </si>
   <si>
-    <t>pine forests</t>
+    <t>pinete</t>
   </si>
   <si>
-    <t>pioneer forests</t>
+    <t>boschi pionieri</t>
   </si>
   <si>
-    <t>shrub forests*</t>
+    <t>arbusteti*</t>
   </si>
   <si>
-    <t>non-forest*</t>
+    <t>non bosco*</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240728/422478</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area</t>
+      <t xml:space="preserve">area basimetrica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
+    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -798,52 +798,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -8541,268 +8541,268 @@
         <v>30.2</v>
       </c>
       <c r="L192" s="6">
         <v>4</v>
       </c>
       <c r="M192" s="6">
         <v>31.1</v>
       </c>
       <c r="N192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:14" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240728/422478</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
       <c r="M193" s="3"/>
       <c r="N193" s="3"/>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area</t>
+            <t xml:space="preserve">area basimetrica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:14" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
+            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:14" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:14" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:14" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:14" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:14" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>