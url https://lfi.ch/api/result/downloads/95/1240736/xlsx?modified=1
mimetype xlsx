--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -14,466 +14,466 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>IFN5</t>
+    <t>NFI5</t>
   </si>
   <si>
-    <t>area basimetrica</t>
+    <t>basal area</t>
   </si>
   <si>
-    <t>formazioni forestali NaiS (10 classi) · specie arborea principale</t>
+    <t>forest formations (NaiS; 10 classes) · main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
+    <t>state 2018/26</t>
   </si>
   <si>
-    <t>regione economica</t>
+    <t>economic region</t>
   </si>
   <si>
-    <t>Giura Ovest</t>
+    <t>Western Jura</t>
   </si>
   <si>
-    <t>Giura Est</t>
+    <t>Eastern Jura</t>
   </si>
   <si>
-    <t>Altopiano Ovest</t>
+    <t>Western Plateau</t>
   </si>
   <si>
-    <t>Altopiano Centro</t>
+    <t>Central Plateau</t>
   </si>
   <si>
-    <t>Altopiano Est</t>
+    <t>Eastern Plateau</t>
   </si>
   <si>
-    <t>Prealpi Ovest</t>
+    <t>Western Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Centro</t>
+    <t>Central Pre-Alps</t>
   </si>
   <si>
-    <t>Prealpi Est</t>
+    <t>Eastern Pre-Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Ovest</t>
+    <t>Northwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Centro</t>
+    <t>Central Alps</t>
   </si>
   <si>
-    <t>Alpi Nord-Est</t>
+    <t>Northeastern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Ovest</t>
+    <t>Southwestern Alps</t>
   </si>
   <si>
-    <t>Alpi Sud-Est</t>
+    <t>Southeastern Alps</t>
   </si>
   <si>
-    <t>Sud delle Alpi</t>
+    <t>Southern Alps</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Switzerland</t>
   </si>
   <si>
-    <t>formazioni forestali NaiS (10 classi)</t>
+    <t>forest formations (NaiS; 10 classes)</t>
   </si>
   <si>
-    <t>specie arborea principale</t>
+    <t>main tree species</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>abete rosso</t>
+    <t>spruce</t>
   </si>
   <si>
-    <t>abete bianco</t>
+    <t>fir</t>
   </si>
   <si>
-    <t>pino</t>
+    <t>pine</t>
   </si>
   <si>
-    <t>larice</t>
+    <t>larch</t>
   </si>
   <si>
-    <t>cembro</t>
+    <t>Arolla pine</t>
   </si>
   <si>
-    <t>altre conifere</t>
+    <t>other conifers</t>
   </si>
   <si>
-    <t>faggio</t>
+    <t>beech</t>
   </si>
   <si>
-    <t>acero</t>
+    <t>maple</t>
   </si>
   <si>
-    <t>frassino</t>
+    <t>ash</t>
   </si>
   <si>
-    <t>quercia</t>
+    <t>oak</t>
   </si>
   <si>
-    <t>castagno</t>
+    <t>sweet chestnut</t>
   </si>
   <si>
-    <t>altre latifoglie</t>
+    <t>other broadleaves</t>
   </si>
   <si>
-    <t>non determinabile</t>
+    <t>indeterminable</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
-    <t>faggete</t>
+    <t>beech forests</t>
   </si>
   <si>
-    <t>abieti-faggete</t>
+    <t>silver fir-beech forests</t>
   </si>
   <si>
-    <t>altri boschi di latifoglie</t>
+    <t>other boradleaved forests</t>
   </si>
   <si>
-    <t>boschi di abete bianco e abete rosso</t>
+    <t>silver fir-spruce forests</t>
   </si>
   <si>
-    <t>peccete</t>
+    <t>spruce forests</t>
   </si>
   <si>
-    <t>cembrete e lariceti</t>
+    <t>Arolla pine and larch forests</t>
   </si>
   <si>
-    <t>pinete</t>
+    <t>pine forests</t>
   </si>
   <si>
-    <t>boschi pionieri</t>
+    <t>pioneer forests</t>
   </si>
   <si>
-    <t>arbusteti*</t>
+    <t>shrub forests*</t>
   </si>
   <si>
-    <t>non bosco*</t>
+    <t>non-forest*</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1240736/422486</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">area basimetrica</t>
+      <t xml:space="preserve">basal area</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #92</t>
     </r>
   </si>
   <si>
-    <t>Somma delle sezioni trasversali a 1,3 m di altezza di tutti gli alberi arbusti vivi (in piedi e a terra) con un diametro a petto d'uomo (DPU) di almeno 12 cm.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of living trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
+      <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2637</t>
     </r>
   </si>
   <si>
-    <t>Sintesi dei 18 gruppi di tipologie forestali secondo NaiS, ciascuno con un obiettivo simile per le principali specie arboree (NAISGGROB20), in 10 grandi associazioni denominate «formazioni forestali». *A causa della valutazione delle tipologie forestali su piccola scala nell'ambito del progretto NaiS-LFI, è possibile che tipologie di aree non boschive (ad esempio prati, pascoli, rocce) siano presenti in aree considerate come «bosco» dall'IFN. Allo stesso modo, le tipologie tipiche degli arbusteti possono essere presenti su aree che l'IFN classifica come «bosco esclusi gli arbusteti».</t>
+    <t>Combination of the 18 groups of NaiS site types, each with a similar objective for the main tree species (NAISGGROB20), into 10 large associations known as «forest formations». *As the characterisation of the site types in the NaiS-NFI project is on a small scale, it is possible that non-forest site types such as meadow, pasture and rock may be present in sample plots that are classified as «forest» in NFI. Similarly, «forest without shrub forest“ may also contain «shrub forest» site types.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">specie arborea principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -825,52 +825,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -18414,51 +18414,51 @@
         <v>29.3</v>
       </c>
       <c r="AD192" s="6">
         <v>4</v>
       </c>
       <c r="AE192" s="6">
         <v>30.7</v>
       </c>
       <c r="AF192" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:32" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1240736/422486</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
@@ -18474,226 +18474,226 @@
       <c r="V193" s="3"/>
       <c r="W193" s="3"/>
       <c r="X193" s="3"/>
       <c r="Y193" s="3"/>
       <c r="Z193" s="3"/>
       <c r="AA193" s="3"/>
       <c r="AB193" s="3"/>
       <c r="AC193" s="3"/>
       <c r="AD193" s="3"/>
       <c r="AE193" s="3"/>
       <c r="AF193" s="3"/>
     </row>
     <row r="196" spans="1:32">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">area basimetrica</t>
+            <t xml:space="preserve">basal area</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #92</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:32" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="199" spans="1:32">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">formazioni forestali NaiS (10 classi)</t>
+            <t xml:space="preserve">forest formations (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2637</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:32" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="202" spans="1:32">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">specie arborea principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:32" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:32">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:32" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="208" spans="1:32">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:32" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="211" spans="1:32">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:32" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>