--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stump: mechanical strength of wood</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>ceppaia: consistenza del legno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>fresh wood</t>
-[...14 lines deleted...]
-    <t>total</t>
+    <t>legno fresco</t>
+  </si>
+  <si>
+    <t>legno duro</t>
+  </si>
+  <si>
+    <t>legno marcio</t>
+  </si>
+  <si>
+    <t>legno in decomposizione</t>
+  </si>
+  <si>
+    <t>legno putrefatto e inconsistente</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244047/425797</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stump: mechanical strength of wood</t>
+      <t xml:space="preserve">ceppaia: consistenza del legno</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2369</t>
     </r>
   </si>
   <si>
-    <t>Stage of wood decomposition of stumps ≥7 cm in diameter – in five classes. Reference: Field Survey (MID 971: Stocktotholz - Festigkeit)</t>
+    <t>Stadio di decomposizione del legno delle ceppaie a partire da 7 cm di diametro, in cinque classi. Fonte: rilievo sul terreno (MID 971: Stocktotholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -712,51 +712,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1208,235 +1208,235 @@
         <v>1.7</v>
       </c>
       <c r="M19" s="6">
         <v>14</v>
       </c>
       <c r="N19" s="6">
         <v>4.2</v>
       </c>
       <c r="O19" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244047/425797</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stump: mechanical strength of wood</t>
+            <t xml:space="preserve">ceppaia: consistenza del legno</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2369</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>