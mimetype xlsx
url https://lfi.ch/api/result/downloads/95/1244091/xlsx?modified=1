--- v0 (2026-01-25)
+++ v1 (2026-01-26)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...54 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244091/425841</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244091/425841</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>