--- v0 (2026-01-26)
+++ v1 (2026-03-12)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244116/425866</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1837,51 +1837,51 @@
         <v>201</v>
       </c>
       <c r="AY16" s="6">
         <v>12</v>
       </c>
       <c r="AZ16" s="6">
         <v>5001</v>
       </c>
       <c r="BA16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244116/425866</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>