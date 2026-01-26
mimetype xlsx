--- v0 (2026-01-25)
+++ v1 (2026-01-26)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...54 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244130/425880</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1386,51 +1386,51 @@
         <v>1.7</v>
       </c>
       <c r="AC16" s="6">
         <v>14</v>
       </c>
       <c r="AD16" s="6">
         <v>4.2</v>
       </c>
       <c r="AE16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244130/425880</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>