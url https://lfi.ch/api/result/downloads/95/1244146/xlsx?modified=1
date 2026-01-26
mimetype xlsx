--- v0 (2026-01-26)
+++ v1 (2026-01-26)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of stumps</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244146/425896</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">biomass of stumps</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>1.6</v>
       </c>
       <c r="K16" s="6">
         <v>14</v>
       </c>
       <c r="L16" s="6">
         <v>4.1</v>
       </c>
       <c r="M16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244146/425896</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">biomass of stumps</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>