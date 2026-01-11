--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,255 +172,255 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...2 lines deleted...]
-    <t>n/ha</t>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...17 lines deleted...]
-    <t>total</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1244170/425920</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of microhabitats on standing living trees</t>
+      <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
+    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD). Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -772,102 +772,102 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="38" max="38" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="38" max="38" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="42" max="42" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="42" max="42" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:53">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:53">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:53">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:53">
       <c r="A5" t="s">
@@ -2493,51 +2493,51 @@
         <v>245</v>
       </c>
       <c r="AY20" s="6">
         <v>8</v>
       </c>
       <c r="AZ20" s="6">
         <v>347</v>
       </c>
       <c r="BA20" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1244170/425920</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
@@ -2575,191 +2575,191 @@
       <c r="AQ21" s="3"/>
       <c r="AR21" s="3"/>
       <c r="AS21" s="3"/>
       <c r="AT21" s="3"/>
       <c r="AU21" s="3"/>
       <c r="AV21" s="3"/>
       <c r="AW21" s="3"/>
       <c r="AX21" s="3"/>
       <c r="AY21" s="3"/>
       <c r="AZ21" s="3"/>
       <c r="BA21" s="3"/>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of microhabitats on standing living trees</t>
+            <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="36" spans="1:53">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:53" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>