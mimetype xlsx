--- v0 (2025-11-28)
+++ v1 (2026-01-25)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>upper subalpine</t>
-[...29 lines deleted...]
-    <t>total</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>obermontan (N)</t>
+  </si>
+  <si>
+    <t>untermontan (N)</t>
+  </si>
+  <si>
+    <t>unter-/obermontan (S)</t>
+  </si>
+  <si>
+    <t>submontan (N)</t>
+  </si>
+  <si>
+    <t>kollin mit Buche (S)</t>
+  </si>
+  <si>
+    <t>kollin</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch (S)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1245229/426979</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of stumps</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the stumps ≥7 cm in diameter, i.e. the aboveground, woody parts of trees or shrubs below the felling cut or (in the case of natural decay) below the break surface. The maximum height of a stump is 1.3 m; if it is &gt;1.3 m, it is treated as a snag. The mass is determined on the basis of species- and decomposition-dependent wood densities.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1458,235 +1458,235 @@
         <v>100.0</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N24" s="6">
         <v>100.0</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1245229/426979</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of stumps</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>