--- v0 (2026-01-25)
+++ v1 (2026-01-26)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>fasce vegetazionali NaiS (10 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der Stöcke</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: cantone</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...2 lines deleted...]
-    <t>cantone</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,267 +172,267 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Svizzera</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...29 lines deleted...]
-    <t>totale</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>obermontan (N)</t>
+  </si>
+  <si>
+    <t>untermontan (N)</t>
+  </si>
+  <si>
+    <t>unter-/obermontan (S)</t>
+  </si>
+  <si>
+    <t>submontan (N)</t>
+  </si>
+  <si>
+    <t>kollin mit Buche (S)</t>
+  </si>
+  <si>
+    <t>kollin</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch (S)</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1245255/427005</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomassa delle ceppaie</t>
+      <t xml:space="preserve">Biomasse der Stöcke</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
+    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">cantone</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -784,51 +784,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="10.426" bestFit="true" customWidth="true" style="0"/>
@@ -3149,51 +3149,51 @@
         <v>196</v>
       </c>
       <c r="AY24" s="6">
         <v>12</v>
       </c>
       <c r="AZ24" s="6">
         <v>4740</v>
       </c>
       <c r="BA24" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1245255/427005</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
@@ -3231,191 +3231,191 @@
       <c r="AQ25" s="3"/>
       <c r="AR25" s="3"/>
       <c r="AS25" s="3"/>
       <c r="AT25" s="3"/>
       <c r="AU25" s="3"/>
       <c r="AV25" s="3"/>
       <c r="AW25" s="3"/>
       <c r="AX25" s="3"/>
       <c r="AY25" s="3"/>
       <c r="AZ25" s="3"/>
       <c r="BA25" s="3"/>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomassa delle ceppaie</t>
+            <t xml:space="preserve">Biomasse der Stöcke</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">cantone</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="1:53">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:53" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>