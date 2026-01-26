--- v0 (2026-01-25)
+++ v1 (2026-01-26)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomassa delle ceppaie</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (10 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana superiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore (N)</t>
+  </si>
+  <si>
+    <t>montana inferiore/superiore (S)</t>
+  </si>
+  <si>
+    <t>submontana (N)</t>
+  </si>
+  <si>
+    <t>collinare con faggio (S)</t>
+  </si>
+  <si>
+    <t>collinare</t>
+  </si>
+  <si>
+    <t>iperinsubrica (S)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1245289/427039</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse der Stöcke</t>
+      <t xml:space="preserve">biomassa delle ceppaie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #397</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) der Stöcke ab 7 cm Durchmesser, d.h. der oberirdischen, verholzten Teile von Bäumen oder Sträuchern unterhalb des Fällschnitts bzw. (bei natürlichem Zerfall) unterhalb der Bruchfläche. Ein Stock hat eine maximale Höhe von 1.3 m, ist er höher, wird er als Dürrständer behandelt. Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten.</t>
+    <t>Peso secco (massa) delle ceppaie a partire da 7 cm di diametro, ossia delle parti legnose sopraterrene di alberi e arbusti sotto il taglio di abbattimento rispettivamente (nel caso di rottura naturale) sotto il punto di rottura. Una ceppaia ha un'altezza massima di 1,3 m, se è più alta viene considerata un albero morto. La massa viene determinata con l'aiuto delle densità del legno in funzione della specie e del grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005) in dieci classi, dove le classi «iperinsubrica», «collinare con faggio» e «montana inferiore/superiore» possono essere presenti solo a Sud delle Alpi (S), le classi «submontana», «montana inferiore», «montana superiore» solo sul versante settentrionale delle Alpi (N) e le classi «altimontana», «subalpina» e «subalpina superiore» su entrambi i versanti delle Alpi. Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1458,235 +1458,235 @@
         <v>264</v>
       </c>
       <c r="M24" s="6">
         <v>13</v>
       </c>
       <c r="N24" s="6">
         <v>5001</v>
       </c>
       <c r="O24" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1245289/427039</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse der Stöcke</t>
+            <t xml:space="preserve">biomassa delle ceppaie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #397</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (10 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>