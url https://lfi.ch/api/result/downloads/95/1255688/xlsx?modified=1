--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,420 +14,420 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest type (3 classes) · status of certification · certification label</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi) · stato della certificazione · label della certificazione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...20 lines deleted...]
-    <t>certification label</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>tipo di bosco (3 classi)</t>
+  </si>
+  <si>
+    <t>bosco accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>bosco non accessibile esclusi gli arbusteti</t>
+  </si>
+  <si>
+    <t>arbusteti</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>stato della certificazione</t>
+  </si>
+  <si>
+    <t>label della certificazione</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>FSC</t>
   </si>
   <si>
     <t>PEFC</t>
   </si>
   <si>
-    <t>PEFC and FSC</t>
-[...20 lines deleted...]
-    <t>certification expired, renewal not planned</t>
+    <t>PEFC e FSC</t>
+  </si>
+  <si>
+    <t>certificazione non prevista</t>
+  </si>
+  <si>
+    <t>certificazione prevista</t>
+  </si>
+  <si>
+    <t>certificazione in corso</t>
+  </si>
+  <si>
+    <t>certificazione dell'azienda in vigore</t>
+  </si>
+  <si>
+    <t>certificazione di gruppo in vigore</t>
+  </si>
+  <si>
+    <t>certificazione dell'azienda e di gruppo in vigore</t>
+  </si>
+  <si>
+    <t>certificazione scaduta, nessun rinnovamento previsto</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1255688/437438</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest type (3 classes)</t>
+      <t xml:space="preserve">tipo di bosco (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1323</t>
     </r>
   </si>
   <si>
-    <t>Classification of the forest according to the forest decision and accessibility into the three classes «accessible forest without shrub forest», «inaccessible forest without shrub forest» and «shrub forest».</t>
+    <t>Suddivisione del bosco in base alla decisione di bosco e all'accessibilità nelle tre classi «bosco accessibile esclusi gli arbusteti», «bosco inaccessibile esclusi gli arbusteti» e «arbusteti».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">status of certification</t>
+      <t xml:space="preserve">stato della certificazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #689</t>
     </r>
   </si>
   <si>
-    <t>Status and type of certification. Reference: Forest Service Survey (MID 319: Art der Zertifizierung)</t>
+    <t>Stato e tipo di certificazione. Fonte: inchiesta presso il servizio forestale (MID 319: Art der Zertifizierung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">certification label</t>
+      <t xml:space="preserve">label della certificazione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #690</t>
     </r>
   </si>
   <si>
-    <t>Type of certificate: FSC and/or PEFC (NFI4, NFI5) or FSC and/or Q (PEFC) (NFI3). Reference: Forest Service Survey (MID 602: Zertifizierungs-Label)</t>
+    <t>Label della certificazione: FSC e/o PEFC (IFN4, IFN5) risp. FSC e/o Q (PEFC) (IFN3). Fonte: inchiesta presso il servizio forestale (MID 602: Zertifizierungs-Label)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area accessible on foot that meets the NFI's definition of forest in both NFI4 (2009-2017) and NFI5 (2018-2026), i.e. was either «forest without shrub forest» or «shrub forest».</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -779,52 +779,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:J80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
@@ -2278,299 +2278,299 @@
         <v>100.0</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="6">
         <v>100.0</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:10" customHeight="1" ht="21.75">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1255688/437438</t>
           </r>
         </is>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
     </row>
     <row r="61" spans="1:10">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:10" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:10">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest type (3 classes)</t>
+            <t xml:space="preserve">tipo di bosco (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1323</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:10" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:10">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">status of certification</t>
+            <t xml:space="preserve">stato della certificazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #689</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:10" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="70" spans="1:10">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">certification label</t>
+            <t xml:space="preserve">label della certificazione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #690</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:10" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:10">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:10" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="76" spans="1:10">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:10" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:10" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>