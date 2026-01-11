--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>origine del popolamento</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Art der Bestandesentstehung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>da rinnovazione naturale</t>
-[...11 lines deleted...]
-    <t>totale</t>
+    <t>aus natürlicher Verjüngung</t>
+  </si>
+  <si>
+    <t>aus künstlicher Verjüngung</t>
+  </si>
+  <si>
+    <t>aus gemischter Verjüngung</t>
+  </si>
+  <si>
+    <t>unbekannt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1255769/437519</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie forestale</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">origine del popolamento</t>
+      <t xml:space="preserve">Art der Bestandesentstehung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1003</t>
     </r>
   </si>
   <si>
-    <t>Indicazione, se l'attuale popolamento principale (cioè gli alberi dello strato superiore) ha avuto origine da rinnovazione naturale (100% rinnovazione naturale), da rinnovazione artificiale (&lt;20% rinnovazione naturale) o da rinnovazione mista (20-99% di rinnovazione naturale). Fonte: inchiesta presso il servizio forestale (MID 404: Art der Bestandesentstehung)</t>
+    <t>Angabe, ob der aktuelle Hauptbestand (d.h. die Bäume der Oberschicht) aus natürlicher Verjüngung (100% Naturverjüngung), künstlicher Verjüngung (&lt;20% Naturverjüngung) oder gemischter Verjüngung (20-99% Naturverjüngung) entstanden ist. Grundlage: Forstdienstbefragung (MID 404: Art der Bestandesentstehung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco IFN4/IFN5</t>
+      <t xml:space="preserve">Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>187.6</v>
       </c>
       <c r="M18" s="6">
         <v>2</v>
       </c>
       <c r="N18" s="6">
         <v>1290.8</v>
       </c>
       <c r="O18" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1255769/437519</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie forestale</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">origine del popolamento</t>
+            <t xml:space="preserve">Art der Bestandesentstehung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1003</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco IFN4/IFN5</t>
+            <t xml:space="preserve">Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>