--- v0 (2025-12-04)
+++ v1 (2026-01-25)
@@ -14,418 +14,418 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone · main tree species</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>area basimetrica totale</t>
+  </si>
+  <si>
+    <t>alte/basse quote · specie arborea principale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: regione dei boschi di protezione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>main tree species</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione dei boschi di protezione</t>
+  </si>
+  <si>
+    <t>Giura/Altopiano</t>
+  </si>
+  <si>
+    <t>Alpi nordoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi nordorientali</t>
+  </si>
+  <si>
+    <t>Alpi sudoccidentali</t>
+  </si>
+  <si>
+    <t>Alpi sudorientali</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
+  </si>
+  <si>
+    <t>specie arborea principale</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
-[...44 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>abete rosso</t>
+  </si>
+  <si>
+    <t>abete bianco</t>
+  </si>
+  <si>
+    <t>pino</t>
+  </si>
+  <si>
+    <t>larice</t>
+  </si>
+  <si>
+    <t>cembro</t>
+  </si>
+  <si>
+    <t>altre conifere</t>
+  </si>
+  <si>
+    <t>faggio</t>
+  </si>
+  <si>
+    <t>acero</t>
+  </si>
+  <si>
+    <t>frassino</t>
+  </si>
+  <si>
+    <t>quercia</t>
+  </si>
+  <si>
+    <t>castagno</t>
+  </si>
+  <si>
+    <t>altre latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257111/438861</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total basal area</t>
+      <t xml:space="preserve">area basimetrica totale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all living and dead trees and shrubs (standing and lying) with a dbh ≥12 cm. The total basal area corresponds to the sum of the basal area and the deadwood basal area.</t>
+    <t>Somma delle sezioni trasversali a 1,3 m di altezza (punto di misurazione del diametro a petto d'uomo [DPU]) di tutti gli alberi e arbusti vivi e morti (in piedi e a terra) a partire da 12 cm di DPU. L'area basimetrica totale corrisponde alla somma dell'area basimetrica e l'area basimetrica del legno morto.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">specie arborea principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate nelle 10 specie arboree o generi arborei più importanti in Svizzera («specie arboree principali») rispettivamente nelle classi «altre conifere» e «altre latifoglie» per le altre specie. Vengono considerate specie arboree principali: abete rosso (Picea spp.), abete bianco (Abies spp.), pino (Pinus sylverstris, P. nigra, P. strobus, P. mugo subsp. uncinata), larice (Larix spp.), cembro (Pinus cembra), faggio (Fagus sylvatica), acero (Acer spp.), frassino (Fraxinus spp.), quercia (Quercus spp.) e castagno (Castanea sativa). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">regione dei boschi di protezione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,52 +777,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -3838,270 +3838,270 @@
         <v>33.1</v>
       </c>
       <c r="N72" s="6">
         <v>4</v>
       </c>
       <c r="O72" s="6">
         <v>34.0</v>
       </c>
       <c r="P72" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:16" customHeight="1" ht="21.75">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257111/438861</t>
           </r>
         </is>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="3"/>
       <c r="P73" s="3"/>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total basal area</t>
+            <t xml:space="preserve">area basimetrica totale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:16" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:16" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">specie arborea principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="83" spans="1:16" customHeight="1" ht="29">
       <c r="A83" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">regione dei boschi di protezione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="86" spans="1:16" customHeight="1" ht="29">
       <c r="A86" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:16" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:16" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>