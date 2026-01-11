--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,430 +14,430 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
-    <t>NFI5</t>
+    <t>LFI5</t>
   </si>
   <si>
-    <t>total number of stems</t>
+    <t>Gesamtstammzahl</t>
   </si>
   <si>
-    <t>degree of damage · main tree species</t>
+    <t>Schädigungsgrad · Hauptbaumart</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>Zustand 2018/26</t>
   </si>
   <si>
-    <t>protection forest region</t>
+    <t>Schutzwaldregion</t>
   </si>
   <si>
-    <t>Jura + Plateau</t>
+    <t>Jura + Mittelland</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Nordalpen West</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Nordalpen Ost</t>
   </si>
   <si>
-    <t xml:space="preserve">Southwestern Alps </t>
+    <t>Alpen Südwest</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Alpen Südost</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Alpensüdseite</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
-    <t>degree of damage</t>
+    <t>Schädigungsgrad</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>Hauptbaumart</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>Fichte</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>Tanne</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>Föhre</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>Lärche</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>Arve</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>übrige Nadelhölzer</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>Buche</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>Ahorn</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>Esche</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>Eiche</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>Kastanie</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>übrige Laubhölzer</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>nicht bestimmbar</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
-    <t>no damage</t>
+    <t>nicht geschädigt</t>
   </si>
   <si>
-    <t>slight damage</t>
+    <t>schwach geschädigt</t>
   </si>
   <si>
-    <t>moderate damage</t>
+    <t>mässig geschädigt</t>
   </si>
   <si>
-    <t>severe damage</t>
+    <t>stark geschädigt</t>
   </si>
   <si>
-    <t>very severe damage</t>
+    <t>sehr stark geschädigt</t>
   </si>
   <si>
-    <t>dead</t>
+    <t>tot</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1258542/440292</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">Gesamtstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of damage</t>
+      <t xml:space="preserve">Schädigungsgrad</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #593</t>
     </r>
   </si>
   <si>
-    <t>Degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) classified into six classes according to the damage occurred. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Grad der Schädigung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) aufgrund der vorkommenden Schäden in sechs Klassen. Grundlage: Feldaufnahme (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">Hauptbaumart</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) mit einzelnen Klassen für die zehn häufigsten Arten bzw. Artengruppen der Schweiz («Hauptbaumarten») und den Klassen «übrige Nadelbäume» und «übrige Laubbäume» für die restlichen Arten. Als Hauptbaumarten gelten: Fichte (Picea spp.), Tanne (Abies spp.), Föhre (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), Lärche (Larix spp.), Arve (Pinus cembra), Buche (Fagus sylvatica), Ahorn (Acer spp.), Esche (Fraxinus spp.), Eiche (Quercus spp.) und Kastanie (Castanea sativa). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -789,52 +789,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -6738,270 +6738,270 @@
         <v>100.0</v>
       </c>
       <c r="N132" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O132" s="6">
         <v>100.0</v>
       </c>
       <c r="P132" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="133" spans="1:16" customHeight="1" ht="21.75">
       <c r="A133" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1258542/440292</t>
           </r>
         </is>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
       <c r="N133" s="3"/>
       <c r="O133" s="3"/>
       <c r="P133" s="3"/>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">Gesamtstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="137" spans="1:16" customHeight="1" ht="29">
       <c r="A137" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of damage</t>
+            <t xml:space="preserve">Schädigungsgrad</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #593</t>
           </r>
         </is>
       </c>
     </row>
     <row r="140" spans="1:16" customHeight="1" ht="29">
       <c r="A140" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">Hauptbaumart</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="143" spans="1:16" customHeight="1" ht="29">
       <c r="A143" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="146" spans="1:16" customHeight="1" ht="29">
       <c r="A146" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="149" spans="1:16" customHeight="1" ht="29">
       <c r="A149" s="1" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="152" spans="1:16" customHeight="1" ht="29">
       <c r="A152" s="1" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>