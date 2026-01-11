--- v0 (2026-01-10)
+++ v1 (2026-01-11)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>degree of damage · conifers and broadleaves</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gesamtstammzahl</t>
+  </si>
+  <si>
+    <t>Schädigungsgrad · Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>production region</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...20 lines deleted...]
-    <t>n/ha</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Schädigungsgrad</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...26 lines deleted...]
-    <t>dead</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>nicht geschädigt</t>
+  </si>
+  <si>
+    <t>schwach geschädigt</t>
+  </si>
+  <si>
+    <t>mässig geschädigt</t>
+  </si>
+  <si>
+    <t>stark geschädigt</t>
+  </si>
+  <si>
+    <t>sehr stark geschädigt</t>
+  </si>
+  <si>
+    <t>tot</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1259084/440834</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">Gesamtstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">degree of damage</t>
+      <t xml:space="preserve">Schädigungsgrad</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #593</t>
     </r>
   </si>
   <si>
-    <t>Degree of damage to trees and shrubs ≥12 cm in diameter at breast height (dbh) classified into six classes according to the damage occurred. Reference: Field Survey (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Grad der Schädigung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) aufgrund der vorkommenden Schäden in sechs Klassen. Grundlage: Feldaufnahme (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,63 +756,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
@@ -2611,268 +2611,268 @@
         <v>545</v>
       </c>
       <c r="L52" s="6">
         <v>4</v>
       </c>
       <c r="M52" s="6">
         <v>466</v>
       </c>
       <c r="N52" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1259084/440834</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">Gesamtstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">degree of damage</t>
+            <t xml:space="preserve">Schädigungsgrad</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #593</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:14" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:14" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:14" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>