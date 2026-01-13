--- v1 (2026-01-11)
+++ v2 (2026-01-13)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schädigungsgrad · Nadelholz, Laubholz</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>nombre total de tiges</t>
+  </si>
+  <si>
+    <t>gravité des dégâts · résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...20 lines deleted...]
-    <t>Stk./ha</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>gravité des dégâts</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Nadelholz</t>
-[...26 lines deleted...]
-    <t>tot</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>aucun dégât</t>
+  </si>
+  <si>
+    <t>dégât léger</t>
+  </si>
+  <si>
+    <t>dégât moyen</t>
+  </si>
+  <si>
+    <t>dégât grave</t>
+  </si>
+  <si>
+    <t>dégât très grave</t>
+  </si>
+  <si>
+    <t>mort</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1259084/440834</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Gesamtstammzahl</t>
+      <t xml:space="preserve">nombre total de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs et morts (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Le nombre total de tiges est la somme du nombre de tiges et du nombre de tiges de bois mort.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schädigungsgrad</t>
+      <t xml:space="preserve">gravité des dégâts</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #593</t>
     </r>
   </si>
   <si>
-    <t>Grad der Schädigung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) aufgrund der vorkommenden Schäden in sechs Klassen. Grundlage: Feldaufnahme (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
+    <t>Degré du préjudice aux arbres et arbustes à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, sur la base des dégâts survenus, en six classes. Source: relevé de terrain (MID 1027: Baumschadenart, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Nadelholz, Laubholz</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,63 +756,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="25.851" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
@@ -2611,268 +2611,268 @@
         <v>545</v>
       </c>
       <c r="L52" s="6">
         <v>4</v>
       </c>
       <c r="M52" s="6">
         <v>466</v>
       </c>
       <c r="N52" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:14" customHeight="1" ht="21.75">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1259084/440834</t>
           </r>
         </is>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
       <c r="N53" s="3"/>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Gesamtstammzahl</t>
+            <t xml:space="preserve">nombre total de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schädigungsgrad</t>
+            <t xml:space="preserve">gravité des dégâts</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #593</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Nadelholz, Laubholz</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="63" spans="1:14" customHeight="1" ht="29">
       <c r="A63" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="66" spans="1:14" customHeight="1" ht="29">
       <c r="A66" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="29">
       <c r="A69" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="72" spans="1:14" customHeight="1" ht="29">
       <c r="A72" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>