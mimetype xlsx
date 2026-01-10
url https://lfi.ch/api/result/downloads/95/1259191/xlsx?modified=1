--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -12,419 +12,416 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
-[...7 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · tree state (living/dead) · conifers and broadleaves</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+  <si>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Gesamtstammzahl</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen) · Baumzustand (lebend/tot) · Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+  </si>
+  <si>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Baumzustand (lebend/tot)</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t xml:space="preserve"> n/a</t>
-[...2 lines deleted...]
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...11 lines deleted...]
-    <t>dead</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>lebend</t>
+  </si>
+  <si>
+    <t>tot</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1259191/440941</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">total number of stems</t>
+      <t xml:space="preserve">Gesamtstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #3</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of all living and dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm. The total number of stems is the sum of the number of stems and the number of deadwood stems.</t>
+    <t>Anzahl Stämme aller lebenden und toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD). Die Gesamtstammzahl ist die Summe von Stammzahl und Totholzstammzahl.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree state (living/dead)</t>
+      <t xml:space="preserve">Baumzustand (lebend/tot)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1265</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) as living or dead. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Einteilung der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in lebende oder tote. Grundlage: Feldaufnahme (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -777,51 +774,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -941,1300 +938,1300 @@
       </c>
       <c r="K12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P13" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5"/>
       <c r="B14" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P14" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5"/>
       <c r="B15" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5"/>
       <c r="B16" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P16" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5"/>
       <c r="B17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P17" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C18" s="6">
         <v>0.0</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E18" s="6">
         <v>0.0</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G18" s="6">
         <v>0.0</v>
       </c>
       <c r="H18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I18" s="6">
         <v>0.0</v>
       </c>
       <c r="J18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K18" s="6">
         <v>0.0</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M18" s="6">
         <v>0.0</v>
       </c>
       <c r="N18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O18" s="6">
         <v>0.0</v>
       </c>
       <c r="P18" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5"/>
       <c r="B19" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C19" s="6">
         <v>98.8</v>
       </c>
       <c r="D19" s="6">
         <v>0.5</v>
       </c>
       <c r="E19" s="6">
         <v>95.5</v>
       </c>
       <c r="F19" s="6">
         <v>1.0</v>
       </c>
       <c r="G19" s="6">
         <v>82.2</v>
       </c>
       <c r="H19" s="6">
         <v>1.6</v>
       </c>
       <c r="I19" s="6">
         <v>49.5</v>
       </c>
       <c r="J19" s="6">
         <v>1.1</v>
       </c>
       <c r="K19" s="6">
         <v>38.8</v>
       </c>
       <c r="L19" s="6">
         <v>1.7</v>
       </c>
       <c r="M19" s="6">
         <v>7.1</v>
       </c>
       <c r="N19" s="6">
         <v>2.0</v>
       </c>
       <c r="O19" s="6">
         <v>57.8</v>
       </c>
       <c r="P19" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5"/>
       <c r="B20" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C20" s="6">
         <v>1.2</v>
       </c>
       <c r="D20" s="6">
         <v>0.5</v>
       </c>
       <c r="E20" s="6">
         <v>4.5</v>
       </c>
       <c r="F20" s="6">
         <v>1.0</v>
       </c>
       <c r="G20" s="6">
         <v>17.8</v>
       </c>
       <c r="H20" s="6">
         <v>1.6</v>
       </c>
       <c r="I20" s="6">
         <v>50.5</v>
       </c>
       <c r="J20" s="6">
         <v>1.1</v>
       </c>
       <c r="K20" s="6">
         <v>61.2</v>
       </c>
       <c r="L20" s="6">
         <v>1.7</v>
       </c>
       <c r="M20" s="6">
         <v>92.9</v>
       </c>
       <c r="N20" s="6">
         <v>2.0</v>
       </c>
       <c r="O20" s="6">
         <v>42.2</v>
       </c>
       <c r="P20" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5"/>
       <c r="B21" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C21" s="6">
         <v>0.0</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E21" s="6">
         <v>0.0</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G21" s="6">
         <v>0.0</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I21" s="6">
         <v>0.0</v>
       </c>
       <c r="J21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>0.0</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M21" s="6">
         <v>0.0</v>
       </c>
       <c r="N21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O21" s="6">
         <v>0.0</v>
       </c>
       <c r="P21" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5"/>
       <c r="B22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="6">
         <v>100.0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E22" s="6">
         <v>100.0</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G22" s="6">
         <v>100.0</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I22" s="6">
         <v>100.0</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K22" s="6">
         <v>100.0</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M22" s="6">
         <v>100.0</v>
       </c>
       <c r="N22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O22" s="6">
         <v>100.0</v>
       </c>
       <c r="P22" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C23" s="6">
         <v>0.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E23" s="6">
         <v>0.0</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G23" s="6">
         <v>0.0</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I23" s="6">
         <v>0.0</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K23" s="6">
         <v>0.0</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M23" s="6">
         <v>0.0</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O23" s="6">
         <v>0.0</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5"/>
       <c r="B24" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C24" s="6">
         <v>98.4</v>
       </c>
       <c r="D24" s="6">
         <v>1.1</v>
       </c>
       <c r="E24" s="6">
         <v>95.8</v>
       </c>
       <c r="F24" s="6">
         <v>1.4</v>
       </c>
       <c r="G24" s="6">
         <v>81.8</v>
       </c>
       <c r="H24" s="6">
         <v>2.4</v>
       </c>
       <c r="I24" s="6">
         <v>54.5</v>
       </c>
       <c r="J24" s="6">
         <v>2.1</v>
       </c>
       <c r="K24" s="6">
         <v>35.5</v>
       </c>
       <c r="L24" s="6">
         <v>3.2</v>
       </c>
       <c r="M24" s="6">
         <v>8.5</v>
       </c>
       <c r="N24" s="6">
         <v>2.6</v>
       </c>
       <c r="O24" s="6">
         <v>60.1</v>
       </c>
       <c r="P24" s="6">
         <v>1.4</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5"/>
       <c r="B25" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C25" s="6">
         <v>1.6</v>
       </c>
       <c r="D25" s="6">
         <v>1.1</v>
       </c>
       <c r="E25" s="6">
         <v>4.2</v>
       </c>
       <c r="F25" s="6">
         <v>1.4</v>
       </c>
       <c r="G25" s="6">
         <v>18.1</v>
       </c>
       <c r="H25" s="6">
         <v>2.4</v>
       </c>
       <c r="I25" s="6">
         <v>45.2</v>
       </c>
       <c r="J25" s="6">
         <v>2.1</v>
       </c>
       <c r="K25" s="6">
         <v>64.1</v>
       </c>
       <c r="L25" s="6">
         <v>3.2</v>
       </c>
       <c r="M25" s="6">
         <v>91.5</v>
       </c>
       <c r="N25" s="6">
         <v>2.6</v>
       </c>
       <c r="O25" s="6">
         <v>39.7</v>
       </c>
       <c r="P25" s="6">
         <v>1.4</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5"/>
       <c r="B26" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E26" s="6">
         <v>0.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G26" s="6">
         <v>0.1</v>
       </c>
       <c r="H26" s="6">
         <v>0.1</v>
       </c>
       <c r="I26" s="6">
         <v>0.3</v>
       </c>
       <c r="J26" s="6">
         <v>0.2</v>
       </c>
       <c r="K26" s="6">
         <v>0.4</v>
       </c>
       <c r="L26" s="6">
         <v>0.3</v>
       </c>
       <c r="M26" s="6">
         <v>0.0</v>
       </c>
       <c r="N26" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O26" s="6">
         <v>0.2</v>
       </c>
       <c r="P26" s="6">
         <v>0.1</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5"/>
       <c r="B27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C27" s="6">
         <v>100.0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E27" s="6">
         <v>100.0</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G27" s="6">
         <v>100.0</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I27" s="6">
         <v>100.0</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K27" s="6">
         <v>100.0</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M27" s="6">
         <v>100.0</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O27" s="6">
         <v>100.0</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C28" s="6">
         <v>0.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E28" s="6">
         <v>0.0</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G28" s="6">
         <v>0.0</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I28" s="6">
         <v>0.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K28" s="6">
         <v>0.0</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M28" s="6">
         <v>0.0</v>
       </c>
       <c r="N28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O28" s="6">
         <v>0.0</v>
       </c>
       <c r="P28" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5"/>
       <c r="B29" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C29" s="6">
         <v>98.7</v>
       </c>
       <c r="D29" s="6">
         <v>0.5</v>
       </c>
       <c r="E29" s="6">
         <v>95.6</v>
       </c>
       <c r="F29" s="6">
         <v>0.9</v>
       </c>
       <c r="G29" s="6">
         <v>82.2</v>
       </c>
       <c r="H29" s="6">
         <v>1.6</v>
       </c>
       <c r="I29" s="6">
         <v>50.1</v>
       </c>
       <c r="J29" s="6">
         <v>1.1</v>
       </c>
       <c r="K29" s="6">
         <v>38.5</v>
       </c>
       <c r="L29" s="6">
         <v>1.7</v>
       </c>
       <c r="M29" s="6">
         <v>7.4</v>
       </c>
       <c r="N29" s="6">
         <v>2.0</v>
       </c>
       <c r="O29" s="6">
         <v>58.1</v>
       </c>
       <c r="P29" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5"/>
       <c r="B30" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C30" s="6">
         <v>1.3</v>
       </c>
       <c r="D30" s="6">
         <v>0.5</v>
       </c>
       <c r="E30" s="6">
         <v>4.4</v>
       </c>
       <c r="F30" s="6">
         <v>0.9</v>
       </c>
       <c r="G30" s="6">
         <v>17.8</v>
       </c>
       <c r="H30" s="6">
         <v>1.6</v>
       </c>
       <c r="I30" s="6">
         <v>49.8</v>
       </c>
       <c r="J30" s="6">
         <v>1.1</v>
       </c>
       <c r="K30" s="6">
         <v>61.4</v>
       </c>
       <c r="L30" s="6">
         <v>1.7</v>
       </c>
       <c r="M30" s="6">
         <v>92.6</v>
       </c>
       <c r="N30" s="6">
         <v>2.0</v>
       </c>
       <c r="O30" s="6">
         <v>41.9</v>
       </c>
       <c r="P30" s="6">
         <v>0.8</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5"/>
       <c r="B31" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C31" s="6">
         <v>0.0</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E31" s="6">
         <v>0.0</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G31" s="6">
         <v>0.0</v>
       </c>
       <c r="H31" s="6">
         <v>0.0</v>
       </c>
       <c r="I31" s="6">
         <v>0.0</v>
       </c>
       <c r="J31" s="6">
         <v>0.0</v>
       </c>
       <c r="K31" s="6">
         <v>0.0</v>
       </c>
       <c r="L31" s="6">
         <v>0.0</v>
       </c>
       <c r="M31" s="6">
         <v>0.0</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O31" s="6">
         <v>0.0</v>
       </c>
       <c r="P31" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5"/>
       <c r="B32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="6">
         <v>100.0</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E32" s="6">
         <v>100.0</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G32" s="6">
         <v>100.0</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I32" s="6">
         <v>100.0</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="K32" s="6">
         <v>100.0</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M32" s="6">
         <v>100.0</v>
       </c>
       <c r="N32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="O32" s="6">
         <v>100.0</v>
       </c>
       <c r="P32" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:16" customHeight="1" ht="21.75">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1259191/440941</t>
           </r>
         </is>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
       <c r="N33" s="3"/>
       <c r="O33" s="3"/>
       <c r="P33" s="3"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">total number of stems</t>
+            <t xml:space="preserve">Gesamtstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #3</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:16" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:16" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree state (living/dead)</t>
+            <t xml:space="preserve">Baumzustand (lebend/tot)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1265</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:16" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="46" spans="1:16" customHeight="1" ht="29">
       <c r="A46" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="29">
       <c r="A49" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="A3:P3"/>
     <mergeCell ref="A4:P4"/>
     <mergeCell ref="A5:P5"/>
     <mergeCell ref="A6:P6"/>
     <mergeCell ref="A7:P7"/>
     <mergeCell ref="A8:P8"/>
     <mergeCell ref="C10:P10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:J11"/>
     <mergeCell ref="K11:L11"/>
     <mergeCell ref="M11:N11"/>
     <mergeCell ref="O11:P11"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A27"/>
     <mergeCell ref="A28:A32"/>
     <mergeCell ref="A33:P33"/>