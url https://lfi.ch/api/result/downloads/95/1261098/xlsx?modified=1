--- v0 (2026-01-10)
+++ v1 (2026-01-13)
@@ -14,400 +14,400 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>altitudinal vegetation belts (NaiS; 6 classes) · stand density index (SDI – in 4 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi) · indice di densità del popolamento (4 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>stand density index (SDI – in 4 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
+  </si>
+  <si>
+    <t>indice di densità del popolamento (4 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=400 (open to scattered)</t>
-[...29 lines deleted...]
-    <t>hyperinsubric and colline</t>
+    <t>=400 (da aperto a rado)</t>
+  </si>
+  <si>
+    <t>401-800 (diradato)</t>
+  </si>
+  <si>
+    <t>801-1200 (denso)</t>
+  </si>
+  <si>
+    <t>&gt;1200 (molto denso)</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1261098/442848</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005), reduced to six classes. The variable represents a simplification of the NaiS altitudinal vegetation belts with ten classes (NAISHSTKOMB) in which the classes «hyperinsubric» and «colline» are merged with «colline with beech» to form the class «hyperinsubric and colline» and the class «lower montane» with «upper montane» and «lower/upper montane» to form the class «lower and upper montane». The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
+      <t xml:space="preserve">indice di densità del popolamento (4 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1257</t>
     </r>
   </si>
   <si>
-    <t>Density of a stand – in four classes. The Stand Density Index (SDI) is calculated on the basis of the number of stems per hectare of trees and shrubs ≥12 cm in diameter at breast height (dbh) and the mean diameter. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
+    <t>Densità di un popolamento in quattro classi. L'indice di densità del popolamento (Stand Density Index SDI) è calcolato in base al numero di fusti per ettaro di alberi e arbusti con un diametro a petto d'uomo (DPU) di almeno 12 cm e al diametro medio. Fonte: rilievo sul terreno (MID 60: Brusthöhendurchmesser, MID 62: Umfang, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2953,268 +2953,268 @@
         <v>100.0</v>
       </c>
       <c r="L60" s="7" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="7">
         <v>100.0</v>
       </c>
       <c r="N60" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="21.75">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1261098/442848</t>
           </r>
         </is>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
       <c r="N61" s="3"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:14" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 6 classes)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:14" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stand density index (SDI – in 4 classes)</t>
+            <t xml:space="preserve">indice di densità del popolamento (4 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1257</t>
           </r>
         </is>
       </c>
     </row>
     <row r="71" spans="1:14" customHeight="1" ht="29">
       <c r="A71" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="74" spans="1:14" customHeight="1" ht="29">
       <c r="A74" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="77" spans="1:14" customHeight="1" ht="29">
       <c r="A77" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="80" spans="1:14" customHeight="1" ht="29">
       <c r="A80" s="1" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>