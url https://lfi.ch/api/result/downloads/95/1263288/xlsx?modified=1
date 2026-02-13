--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -14,466 +14,466 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
-    <t>NFI5</t>
+    <t>IFN5</t>
   </si>
   <si>
-    <t>number of stems</t>
+    <t>nombre de tiges</t>
   </si>
   <si>
-    <t>main tree species · diameter at breast height (10 classes)</t>
+    <t>essence principale · diamètre à hauteur de poitrine (10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
-    <t>economic region</t>
+    <t>région économique</t>
   </si>
   <si>
-    <t>Western Jura</t>
+    <t>Ouest du Jura</t>
   </si>
   <si>
-    <t>Eastern Jura</t>
+    <t>Est du Jura</t>
   </si>
   <si>
-    <t>Western Plateau</t>
+    <t>Ouest du Plateau</t>
   </si>
   <si>
-    <t>Central Plateau</t>
+    <t>Centre du Plateau</t>
   </si>
   <si>
-    <t>Eastern Plateau</t>
+    <t>Est du Plateau</t>
   </si>
   <si>
-    <t>Western Pre-Alps</t>
+    <t>Ouest des Préalpes</t>
   </si>
   <si>
-    <t>Central Pre-Alps</t>
+    <t>Centre des Préalpes</t>
   </si>
   <si>
-    <t>Eastern Pre-Alps</t>
+    <t>Est des Préalpes</t>
   </si>
   <si>
-    <t>Northwestern Alps</t>
+    <t>Nord-ouest des Alpes</t>
   </si>
   <si>
-    <t>Central Alps</t>
+    <t>Centre des Alpes</t>
   </si>
   <si>
-    <t>Northeastern Alps</t>
+    <t>Nord-est des Alpes</t>
   </si>
   <si>
-    <t>Southwestern Alps</t>
+    <t>Sud-ouest des Alpes</t>
   </si>
   <si>
-    <t>Southeastern Alps</t>
+    <t>Sud-est des Alpes</t>
   </si>
   <si>
-    <t>Southern Alps</t>
+    <t>Sud des Alpes</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
-    <t>main tree species</t>
+    <t>essence principale</t>
   </si>
   <si>
-    <t>diameter at breast height (10 classes)</t>
+    <t>diamètre à hauteur de poitrine (10 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>12-20 cm</t>
   </si>
   <si>
     <t>21-30 cm</t>
   </si>
   <si>
     <t>31-40 cm</t>
   </si>
   <si>
     <t>41-50 cm</t>
   </si>
   <si>
     <t>51-60 cm</t>
   </si>
   <si>
     <t>61-70 cm</t>
   </si>
   <si>
     <t>71-80 cm</t>
   </si>
   <si>
     <t>81-90 cm</t>
   </si>
   <si>
     <t>91-100 cm</t>
   </si>
   <si>
     <t>&gt;100 cm</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>spruce</t>
+    <t>épicéa</t>
   </si>
   <si>
-    <t>fir</t>
+    <t>sapin</t>
   </si>
   <si>
-    <t>pine</t>
+    <t>pin</t>
   </si>
   <si>
-    <t>larch</t>
+    <t>mélèze</t>
   </si>
   <si>
-    <t>Arolla pine</t>
+    <t>arole</t>
   </si>
   <si>
-    <t>other conifers</t>
+    <t>autres résineux</t>
   </si>
   <si>
-    <t>beech</t>
+    <t>hêtre</t>
   </si>
   <si>
-    <t>maple</t>
+    <t>érable</t>
   </si>
   <si>
-    <t>ash</t>
+    <t>frêne</t>
   </si>
   <si>
-    <t>oak</t>
+    <t>chêne</t>
   </si>
   <si>
-    <t>sweet chestnut</t>
+    <t>châtaignier</t>
   </si>
   <si>
-    <t>other broadleaves</t>
+    <t>autres feuillus</t>
   </si>
   <si>
-    <t>indeterminable</t>
+    <t>indéterminable</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1263288/445038</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of stems</t>
+      <t xml:space="preserve">nombre de tiges</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #73</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of living trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Nombre de tiges de tous les arbres et arbustes vifs (sur pied et à terre) d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">main tree species</t>
+      <t xml:space="preserve">essence principale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">diameter at breast height (10 classes)</t>
+      <t xml:space="preserve">diamètre à hauteur de poitrine (10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1317</t>
     </r>
   </si>
   <si>
-    <t>Diameter at breast height (dbh) of the trees and shrubs ≥12 cm dbh – in ten classes. Reference: Field Survey (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
+    <t>Diamètre à hauteur de poitrine (DHP) des arbres et arbustes à partir de 12 cm de diamètre, en dix classes. Source: relevé de terrain (MID 60: Brusthöhendurchmesser, MID 62: Umfang)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -825,52 +825,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AF212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -18420,51 +18420,51 @@
         <v>100.0</v>
       </c>
       <c r="AD192" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE192" s="6">
         <v>100.0</v>
       </c>
       <c r="AF192" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="193" spans="1:32" customHeight="1" ht="21.75">
       <c r="A193" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1263288/445038</t>
           </r>
         </is>
       </c>
       <c r="C193" s="3"/>
       <c r="D193" s="3"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3"/>
       <c r="K193" s="3"/>
       <c r="L193" s="3"/>
@@ -18480,226 +18480,226 @@
       <c r="V193" s="3"/>
       <c r="W193" s="3"/>
       <c r="X193" s="3"/>
       <c r="Y193" s="3"/>
       <c r="Z193" s="3"/>
       <c r="AA193" s="3"/>
       <c r="AB193" s="3"/>
       <c r="AC193" s="3"/>
       <c r="AD193" s="3"/>
       <c r="AE193" s="3"/>
       <c r="AF193" s="3"/>
     </row>
     <row r="196" spans="1:32">
       <c r="A196" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of stems</t>
+            <t xml:space="preserve">nombre de tiges</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #73</t>
           </r>
         </is>
       </c>
     </row>
     <row r="197" spans="1:32" customHeight="1" ht="29">
       <c r="A197" s="1" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="199" spans="1:32">
       <c r="A199" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">main tree species</t>
+            <t xml:space="preserve">essence principale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="200" spans="1:32" customHeight="1" ht="29">
       <c r="A200" s="1" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="202" spans="1:32">
       <c r="A202" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">diameter at breast height (10 classes)</t>
+            <t xml:space="preserve">diamètre à hauteur de poitrine (10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1317</t>
           </r>
         </is>
       </c>
     </row>
     <row r="203" spans="1:32" customHeight="1" ht="29">
       <c r="A203" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:32">
       <c r="A205" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="206" spans="1:32" customHeight="1" ht="29">
       <c r="A206" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="208" spans="1:32">
       <c r="A208" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="209" spans="1:32" customHeight="1" ht="29">
       <c r="A209" s="1" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="211" spans="1:32">
       <c r="A211" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="212" spans="1:32" customHeight="1" ht="29">
       <c r="A212" s="1" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AF1"/>
     <mergeCell ref="A2:AF2"/>